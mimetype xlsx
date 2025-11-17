--- v0 (2025-10-02)
+++ v1 (2025-11-17)
@@ -1,69 +1,69 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28925"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\0-0標案及共約\1-2-2標案及共約\採購契約目錄      (上本會網站公告)\英文(每季)_先將中英文上下排序,再mail詩詩,請外譯廠商翻譯案名    (公司名稱可至商工登記查詢英文名稱)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F6407298-80CC-4A83-BFE8-5B9E9604BD38}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D3D45CAF-88FE-41CF-8374-8AF22445A464}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="工作表1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="713" uniqueCount="600">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="719" uniqueCount="606">
   <si>
     <t>Contract Number</t>
   </si>
   <si>
     <t>Contract Price</t>
   </si>
   <si>
     <t xml:space="preserve"> Subject of Contract</t>
   </si>
   <si>
     <t>Contract Award Date</t>
   </si>
   <si>
     <t>Winning Bidder</t>
   </si>
   <si>
     <t>109-14</t>
   </si>
   <si>
     <t>2020 Outsourcing by Financial Supervisory Commission of Security Analysis and Security Operations Center (SOC) Services</t>
   </si>
   <si>
     <t>2020-01-09</t>
   </si>
   <si>
@@ -1998,54 +1998,50 @@
     <t>International Integrated Systems, Inc.</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>2025 Domestic Newspapers Procurement</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>2025 procurement of overseas periodicals</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>2025 Outsourcing of Document Registration Services</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>財工管理顧問股份有限公司  ( no English name)</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>2025 Outsourcing of Administrative Services and Fund Operations</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>2025 Outsourced TCF Performance Assessment</t>
-    <phoneticPr fontId="11" type="noConversion"/>
-[...2 lines deleted...]
-    <t>財團法人中華民國證券暨期貨市場發展基金會               ( no English name)</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>2025 Outsourced Maintenance of Office Equipment</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>2025 Outsourcing of Facebook Fan Page Assisted Maintenance Services</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>2025 expansion and maintenance of WWW and MoneyWise Websites</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>2025 Phase I Project to Maintain FSC Financial Supervisory Big Data Intelligence Application Platform</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>2025 Outsourcing by Financial Supervisory Commission of Security Analysis and Security Operations Center (SOC) Services</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>2025 Outsourcing of Electronic Certificate System Equipment Maintenance and Operation</t>
     <phoneticPr fontId="11" type="noConversion"/>
@@ -2368,50 +2364,76 @@
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>( no English name)</t>
     </r>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <r>
       <t xml:space="preserve">承印實業股份有限公司
 </t>
     </r>
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>( no English name)</t>
     </r>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>114-39</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>114-40</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>Sustainable Finance Mentors – A Course on Content and Technique</t>
+  </si>
+  <si>
+    <t xml:space="preserve"> Procurement of Statista Global Industrial Research Database Services</t>
+  </si>
+  <si>
+    <t>量子訊息有限公司 (QUANTUM INFORMATION LTD)</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>財團法人中華民國證券暨期貨市場發展基金會               ( Securities and Futures Institute)</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>財團法人中華民國證券暨期貨市場發展基金會(Securities and Futures Institute)</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="176" formatCode="_ &quot;￥&quot;* #,##0_ ;_ &quot;￥&quot;* \-#,##0_ ;_ &quot;￥&quot;* &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="177" formatCode="#,##0_ "/>
     <numFmt numFmtId="178" formatCode="yyyy/m/d;@"/>
   </numFmts>
   <fonts count="15">
     <font>
       <sz val="12"/>
       <name val="宋体"/>
       <charset val="134"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="新細明體"/>
       <family val="2"/>
       <charset val="136"/>
     </font>
@@ -3080,4076 +3102,4110 @@
             <a:srgbClr val="739CC3">
               <a:alpha val="100000"/>
             </a:srgbClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="200000"/>
         </a:ln>
       </a:spPr>
       <a:bodyPr/>
       <a:lstStyle/>
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E236"/>
+  <dimension ref="A1:E238"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <pane ySplit="1" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" sqref="A1:XFD1048576"/>
+      <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
+      <selection pane="bottomLeft" activeCell="I6" sqref="I6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.8984375" defaultRowHeight="16.2"/>
   <cols>
     <col min="1" max="1" width="15.796875" style="1" customWidth="1"/>
     <col min="2" max="2" width="16.69921875" style="1" customWidth="1"/>
     <col min="3" max="3" width="54.796875" style="6" customWidth="1"/>
     <col min="4" max="4" width="22.8984375" style="29" customWidth="1"/>
     <col min="5" max="5" width="27.5" style="6" customWidth="1"/>
     <col min="6" max="16384" width="8.8984375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="3" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="5" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="26" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="5" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="2" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
       <c r="A2" s="30" t="s">
-        <v>569</v>
+        <v>600</v>
       </c>
       <c r="B2" s="31">
-        <v>9188764</v>
+        <v>985000</v>
       </c>
       <c r="C2" s="19" t="s">
-        <v>570</v>
+        <v>601</v>
       </c>
       <c r="D2" s="32">
-        <v>45848</v>
+        <v>45938</v>
       </c>
       <c r="E2" s="14" t="s">
-        <v>579</v>
+        <v>605</v>
       </c>
     </row>
     <row r="3" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
       <c r="A3" s="30" t="s">
-        <v>564</v>
+        <v>599</v>
       </c>
       <c r="B3" s="31">
-        <v>988000</v>
+        <v>488000</v>
       </c>
       <c r="C3" s="19" t="s">
-        <v>571</v>
+        <v>602</v>
       </c>
       <c r="D3" s="32">
-        <v>45846</v>
+        <v>45863</v>
       </c>
       <c r="E3" s="14" t="s">
-        <v>581</v>
+        <v>603</v>
       </c>
     </row>
     <row r="4" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
       <c r="A4" s="30" t="s">
-        <v>565</v>
+        <v>568</v>
       </c>
       <c r="B4" s="31">
-        <v>2500000</v>
+        <v>9188764</v>
       </c>
       <c r="C4" s="19" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="D4" s="32">
-        <v>45828</v>
+        <v>45848</v>
       </c>
       <c r="E4" s="14" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
     </row>
     <row r="5" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
       <c r="A5" s="30" t="s">
-        <v>566</v>
+        <v>563</v>
       </c>
       <c r="B5" s="31">
-        <v>2960000</v>
+        <v>988000</v>
       </c>
       <c r="C5" s="19" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="D5" s="32">
-        <v>45793</v>
+        <v>45846</v>
       </c>
       <c r="E5" s="14" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
     </row>
     <row r="6" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
       <c r="A6" s="30" t="s">
-        <v>567</v>
+        <v>564</v>
       </c>
       <c r="B6" s="31">
-        <v>472000</v>
+        <v>2500000</v>
       </c>
       <c r="C6" s="19" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="D6" s="32">
-        <v>45800</v>
+        <v>45828</v>
       </c>
       <c r="E6" s="14" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
     </row>
     <row r="7" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
       <c r="A7" s="30" t="s">
-        <v>568</v>
+        <v>565</v>
       </c>
       <c r="B7" s="31">
-        <v>1260000</v>
+        <v>2960000</v>
       </c>
       <c r="C7" s="19" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="D7" s="32">
         <v>45793</v>
       </c>
       <c r="E7" s="14" t="s">
-        <v>580</v>
+        <v>582</v>
       </c>
     </row>
     <row r="8" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
       <c r="A8" s="30" t="s">
-        <v>563</v>
+        <v>566</v>
       </c>
       <c r="B8" s="31">
-        <v>18250000</v>
+        <v>472000</v>
       </c>
       <c r="C8" s="19" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="D8" s="32">
-        <v>45797</v>
+        <v>45800</v>
       </c>
       <c r="E8" s="14" t="s">
-        <v>585</v>
+        <v>583</v>
       </c>
     </row>
     <row r="9" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
       <c r="A9" s="30" t="s">
-        <v>562</v>
+        <v>567</v>
       </c>
       <c r="B9" s="31">
-        <v>3450000</v>
+        <v>1260000</v>
       </c>
       <c r="C9" s="19" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="D9" s="32">
-        <v>45763</v>
+        <v>45793</v>
       </c>
       <c r="E9" s="14" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
     </row>
     <row r="10" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
       <c r="A10" s="30" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="B10" s="31">
-        <v>246000</v>
+        <v>18250000</v>
       </c>
       <c r="C10" s="19" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="D10" s="32">
-        <v>45777</v>
+        <v>45797</v>
       </c>
       <c r="E10" s="14" t="s">
-        <v>586</v>
+        <v>584</v>
       </c>
     </row>
     <row r="11" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
       <c r="A11" s="30" t="s">
-        <v>550</v>
+        <v>561</v>
       </c>
       <c r="B11" s="31">
+        <v>3450000</v>
+      </c>
+      <c r="C11" s="19" t="s">
+        <v>576</v>
+      </c>
+      <c r="D11" s="32">
+        <v>45763</v>
+      </c>
+      <c r="E11" s="14" t="s">
+        <v>582</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+      <c r="A12" s="30" t="s">
+        <v>560</v>
+      </c>
+      <c r="B12" s="31">
+        <v>246000</v>
+      </c>
+      <c r="C12" s="19" t="s">
+        <v>577</v>
+      </c>
+      <c r="D12" s="32">
+        <v>45777</v>
+      </c>
+      <c r="E12" s="14" t="s">
+        <v>585</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+      <c r="A13" s="30" t="s">
+        <v>549</v>
+      </c>
+      <c r="B13" s="31">
         <v>1457750</v>
       </c>
-      <c r="C11" s="19" t="s">
-[...2 lines deleted...]
-      <c r="D11" s="32">
+      <c r="C13" s="19" t="s">
+        <v>554</v>
+      </c>
+      <c r="D13" s="32">
         <v>45741</v>
       </c>
-      <c r="E11" s="14" t="s">
+      <c r="E13" s="14" t="s">
         <v>277</v>
-      </c>
-[...32 lines deleted...]
-        <v>515</v>
       </c>
     </row>
     <row r="14" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A14" s="33" t="s">
+        <v>550</v>
+      </c>
+      <c r="B14" s="34">
+        <v>4978000</v>
+      </c>
+      <c r="C14" s="35" t="s">
+        <v>553</v>
+      </c>
+      <c r="D14" s="36">
+        <v>45744</v>
+      </c>
+      <c r="E14" s="35" t="s">
+        <v>555</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A15" s="33" t="s">
+        <v>551</v>
+      </c>
+      <c r="B15" s="34">
+        <v>570000</v>
+      </c>
+      <c r="C15" s="35" t="s">
+        <v>552</v>
+      </c>
+      <c r="D15" s="36">
+        <v>45756</v>
+      </c>
+      <c r="E15" s="14" t="s">
+        <v>515</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A16" s="33" t="s">
+        <v>556</v>
+      </c>
+      <c r="B16" s="34">
+        <v>4755000</v>
+      </c>
+      <c r="C16" s="35" t="s">
         <v>557</v>
       </c>
-      <c r="B14" s="34">
-[...2 lines deleted...]
-      <c r="C14" s="35" t="s">
+      <c r="D16" s="36" t="s">
         <v>558</v>
       </c>
-      <c r="D14" s="36" t="s">
+      <c r="E16" s="14" t="s">
         <v>559</v>
-      </c>
-[...35 lines deleted...]
-        <v>108</v>
       </c>
     </row>
     <row r="17" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A17" s="21" t="s">
-        <v>488</v>
+        <v>486</v>
       </c>
       <c r="B17" s="37">
-        <v>520000</v>
+        <v>330000</v>
       </c>
       <c r="C17" s="35" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="D17" s="36">
-        <v>45657</v>
-[...2 lines deleted...]
-        <v>377</v>
+        <v>45660</v>
+      </c>
+      <c r="E17" s="14" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="18" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A18" s="21" t="s">
-        <v>489</v>
+        <v>487</v>
       </c>
       <c r="B18" s="37">
-        <v>920000</v>
+        <v>3300000</v>
       </c>
       <c r="C18" s="14" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="D18" s="36">
-        <v>45646</v>
+        <v>45651</v>
       </c>
       <c r="E18" s="14" t="s">
-        <v>100</v>
+        <v>108</v>
       </c>
     </row>
     <row r="19" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A19" s="21" t="s">
-        <v>490</v>
+        <v>488</v>
       </c>
       <c r="B19" s="37">
-        <v>740000</v>
-[...2 lines deleted...]
-        <v>543</v>
+        <v>520000</v>
+      </c>
+      <c r="C19" s="35" t="s">
+        <v>544</v>
       </c>
       <c r="D19" s="36">
-        <v>45646</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>45657</v>
+      </c>
+      <c r="E19" s="9" t="s">
+        <v>377</v>
       </c>
     </row>
     <row r="20" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A20" s="21" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="B20" s="37">
-        <v>5030000</v>
-[...2 lines deleted...]
-        <v>540</v>
+        <v>920000</v>
+      </c>
+      <c r="C20" s="14" t="s">
+        <v>543</v>
       </c>
       <c r="D20" s="36">
-        <v>45664</v>
-[...2 lines deleted...]
-        <v>541</v>
+        <v>45646</v>
+      </c>
+      <c r="E20" s="14" t="s">
+        <v>100</v>
       </c>
     </row>
     <row r="21" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A21" s="21" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="B21" s="37">
-        <v>706500</v>
-[...1 lines deleted...]
-      <c r="C21" s="35" t="s">
+        <v>740000</v>
+      </c>
+      <c r="C21" s="9" t="s">
         <v>542</v>
       </c>
       <c r="D21" s="36">
-        <v>45644</v>
-[...2 lines deleted...]
-        <v>481</v>
+        <v>45646</v>
+      </c>
+      <c r="E21" s="14" t="s">
+        <v>135</v>
       </c>
     </row>
     <row r="22" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A22" s="21" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="B22" s="37">
-        <v>5458824</v>
-[...2 lines deleted...]
-        <v>539</v>
+        <v>5030000</v>
+      </c>
+      <c r="C22" s="35" t="s">
+        <v>540</v>
       </c>
       <c r="D22" s="36">
-        <v>45651</v>
+        <v>45664</v>
       </c>
       <c r="E22" s="9" t="s">
-        <v>538</v>
+        <v>604</v>
       </c>
     </row>
     <row r="23" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A23" s="21" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="B23" s="37">
-        <v>4700307</v>
-[...2 lines deleted...]
-        <v>537</v>
+        <v>706500</v>
+      </c>
+      <c r="C23" s="35" t="s">
+        <v>541</v>
       </c>
       <c r="D23" s="36">
-        <v>45651</v>
-[...2 lines deleted...]
-        <v>538</v>
+        <v>45644</v>
+      </c>
+      <c r="E23" s="35" t="s">
+        <v>481</v>
       </c>
     </row>
     <row r="24" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A24" s="21" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="B24" s="37">
-        <v>537560</v>
-[...2 lines deleted...]
-        <v>536</v>
+        <v>5458824</v>
+      </c>
+      <c r="C24" s="25" t="s">
+        <v>539</v>
       </c>
       <c r="D24" s="36">
-        <v>45649</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>45651</v>
+      </c>
+      <c r="E24" s="9" t="s">
+        <v>538</v>
       </c>
     </row>
     <row r="25" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A25" s="21" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="B25" s="37">
-        <v>191772</v>
+        <v>4700307</v>
       </c>
       <c r="C25" s="14" t="s">
-        <v>535</v>
+        <v>537</v>
       </c>
       <c r="D25" s="36">
-        <v>45646</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>45651</v>
+      </c>
+      <c r="E25" s="9" t="s">
+        <v>538</v>
       </c>
     </row>
     <row r="26" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A26" s="21" t="s">
-        <v>497</v>
+        <v>495</v>
       </c>
       <c r="B26" s="37">
-        <v>945000</v>
-[...2 lines deleted...]
-        <v>533</v>
+        <v>537560</v>
+      </c>
+      <c r="C26" s="14" t="s">
+        <v>536</v>
       </c>
       <c r="D26" s="36">
-        <v>45653</v>
-[...2 lines deleted...]
-        <v>534</v>
+        <v>45649</v>
+      </c>
+      <c r="E26" s="14" t="s">
+        <v>244</v>
       </c>
     </row>
     <row r="27" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A27" s="21" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="B27" s="37">
-        <v>200000</v>
+        <v>191772</v>
       </c>
       <c r="C27" s="14" t="s">
-        <v>532</v>
+        <v>535</v>
       </c>
       <c r="D27" s="36">
-        <v>45649</v>
+        <v>45646</v>
       </c>
       <c r="E27" s="14" t="s">
-        <v>130</v>
+        <v>243</v>
       </c>
     </row>
     <row r="28" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A28" s="21" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="B28" s="37">
-        <v>350000</v>
-[...2 lines deleted...]
-        <v>531</v>
+        <v>945000</v>
+      </c>
+      <c r="C28" s="9" t="s">
+        <v>533</v>
       </c>
       <c r="D28" s="36">
-        <v>45649</v>
-[...2 lines deleted...]
-        <v>375</v>
+        <v>45653</v>
+      </c>
+      <c r="E28" s="9" t="s">
+        <v>534</v>
       </c>
     </row>
     <row r="29" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A29" s="21" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="B29" s="37">
-        <v>156000</v>
-[...2 lines deleted...]
-        <v>530</v>
+        <v>200000</v>
+      </c>
+      <c r="C29" s="14" t="s">
+        <v>532</v>
       </c>
       <c r="D29" s="36">
-        <v>45631</v>
+        <v>45649</v>
       </c>
       <c r="E29" s="14" t="s">
-        <v>242</v>
+        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A30" s="21" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="B30" s="37">
-        <v>2960500</v>
-[...2 lines deleted...]
-        <v>528</v>
+        <v>350000</v>
+      </c>
+      <c r="C30" s="35" t="s">
+        <v>531</v>
       </c>
       <c r="D30" s="36">
         <v>45649</v>
       </c>
-      <c r="E30" s="9" t="s">
-        <v>529</v>
+      <c r="E30" s="24" t="s">
+        <v>375</v>
       </c>
     </row>
     <row r="31" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A31" s="21" t="s">
-        <v>502</v>
+        <v>500</v>
       </c>
       <c r="B31" s="37">
-        <v>450000</v>
-[...2 lines deleted...]
-        <v>527</v>
+        <v>156000</v>
+      </c>
+      <c r="C31" s="35" t="s">
+        <v>530</v>
       </c>
       <c r="D31" s="36">
-        <v>45637</v>
+        <v>45631</v>
       </c>
       <c r="E31" s="14" t="s">
-        <v>130</v>
+        <v>242</v>
       </c>
     </row>
     <row r="32" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A32" s="21" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="B32" s="37">
-        <v>2700000</v>
+        <v>2960500</v>
       </c>
       <c r="C32" s="14" t="s">
-        <v>526</v>
+        <v>528</v>
       </c>
       <c r="D32" s="36">
-        <v>45638</v>
+        <v>45649</v>
       </c>
       <c r="E32" s="9" t="s">
-        <v>453</v>
+        <v>529</v>
       </c>
     </row>
     <row r="33" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A33" s="21" t="s">
-        <v>504</v>
+        <v>502</v>
       </c>
       <c r="B33" s="37">
-        <v>4562000</v>
+        <v>450000</v>
       </c>
       <c r="C33" s="14" t="s">
-        <v>524</v>
+        <v>527</v>
       </c>
       <c r="D33" s="36">
-        <v>45649</v>
-[...2 lines deleted...]
-        <v>525</v>
+        <v>45637</v>
+      </c>
+      <c r="E33" s="14" t="s">
+        <v>130</v>
       </c>
     </row>
     <row r="34" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A34" s="21" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="B34" s="37">
-        <v>990000</v>
-[...2 lines deleted...]
-        <v>522</v>
+        <v>2700000</v>
+      </c>
+      <c r="C34" s="14" t="s">
+        <v>526</v>
       </c>
       <c r="D34" s="36">
-        <v>45636</v>
+        <v>45638</v>
       </c>
       <c r="E34" s="9" t="s">
-        <v>523</v>
+        <v>453</v>
       </c>
     </row>
     <row r="35" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A35" s="21" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="B35" s="37">
-        <v>990000</v>
+        <v>4562000</v>
       </c>
       <c r="C35" s="14" t="s">
-        <v>521</v>
+        <v>524</v>
       </c>
       <c r="D35" s="36">
-        <v>45631</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>45649</v>
+      </c>
+      <c r="E35" s="9" t="s">
+        <v>525</v>
       </c>
     </row>
     <row r="36" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A36" s="21" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="B36" s="37">
-        <v>386000</v>
+        <v>990000</v>
       </c>
       <c r="C36" s="9" t="s">
-        <v>520</v>
+        <v>522</v>
       </c>
       <c r="D36" s="36">
-        <v>45628</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>45636</v>
+      </c>
+      <c r="E36" s="9" t="s">
+        <v>523</v>
       </c>
     </row>
     <row r="37" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A37" s="21" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="B37" s="37">
-        <v>245000</v>
-[...2 lines deleted...]
-        <v>519</v>
+        <v>990000</v>
+      </c>
+      <c r="C37" s="14" t="s">
+        <v>521</v>
       </c>
       <c r="D37" s="36">
-        <v>45630</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>45631</v>
+      </c>
+      <c r="E37" s="14" t="s">
+        <v>237</v>
       </c>
     </row>
     <row r="38" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A38" s="21" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="B38" s="37">
-        <v>655200</v>
+        <v>386000</v>
       </c>
       <c r="C38" s="9" t="s">
-        <v>517</v>
+        <v>520</v>
       </c>
       <c r="D38" s="36">
-        <v>45650</v>
-[...2 lines deleted...]
-        <v>518</v>
+        <v>45628</v>
+      </c>
+      <c r="E38" s="14" t="s">
+        <v>130</v>
       </c>
     </row>
     <row r="39" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A39" s="21" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="B39" s="37">
-        <v>666000</v>
-[...2 lines deleted...]
-        <v>516</v>
+        <v>245000</v>
+      </c>
+      <c r="C39" s="9" t="s">
+        <v>519</v>
       </c>
       <c r="D39" s="36">
-        <v>45646</v>
-[...2 lines deleted...]
-        <v>406</v>
+        <v>45630</v>
+      </c>
+      <c r="E39" s="9" t="s">
+        <v>113</v>
       </c>
     </row>
     <row r="40" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A40" s="21" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="B40" s="37">
-        <v>321867</v>
-[...2 lines deleted...]
-        <v>513</v>
+        <v>655200</v>
+      </c>
+      <c r="C40" s="9" t="s">
+        <v>517</v>
       </c>
       <c r="D40" s="36">
-        <v>45644</v>
+        <v>45650</v>
       </c>
       <c r="E40" s="9" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
     </row>
     <row r="41" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A41" s="21" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="B41" s="37">
-        <v>7403970</v>
-[...2 lines deleted...]
-        <v>514</v>
+        <v>666000</v>
+      </c>
+      <c r="C41" s="35" t="s">
+        <v>516</v>
       </c>
       <c r="D41" s="36">
-        <v>45590</v>
+        <v>45646</v>
       </c>
       <c r="E41" s="24" t="s">
         <v>406</v>
       </c>
     </row>
     <row r="42" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A42" s="21" t="s">
-        <v>464</v>
+        <v>511</v>
       </c>
       <c r="B42" s="37">
-        <v>965000</v>
+        <v>321867</v>
       </c>
       <c r="C42" s="35" t="s">
-        <v>482</v>
-[...2 lines deleted...]
-        <v>45576</v>
+        <v>513</v>
+      </c>
+      <c r="D42" s="36">
+        <v>45644</v>
       </c>
       <c r="E42" s="9" t="s">
-        <v>163</v>
+        <v>515</v>
       </c>
     </row>
     <row r="43" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A43" s="21" t="s">
+        <v>512</v>
+      </c>
+      <c r="B43" s="37">
+        <v>7403970</v>
+      </c>
+      <c r="C43" s="18" t="s">
+        <v>514</v>
+      </c>
+      <c r="D43" s="36">
+        <v>45590</v>
+      </c>
+      <c r="E43" s="24" t="s">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="44" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A44" s="21" t="s">
+        <v>464</v>
+      </c>
+      <c r="B44" s="37">
+        <v>965000</v>
+      </c>
+      <c r="C44" s="35" t="s">
+        <v>482</v>
+      </c>
+      <c r="D44" s="16">
+        <v>45576</v>
+      </c>
+      <c r="E44" s="9" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="45" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A45" s="21" t="s">
+        <v>547</v>
+      </c>
+      <c r="B45" s="37">
+        <v>3966562</v>
+      </c>
+      <c r="C45" s="35" t="s">
         <v>548</v>
       </c>
-      <c r="B43" s="37">
-[...5 lines deleted...]
-      <c r="D43" s="16">
+      <c r="D45" s="16">
         <v>45729</v>
       </c>
-      <c r="E43" s="35" t="s">
+      <c r="E45" s="35" t="s">
         <v>485</v>
       </c>
     </row>
-    <row r="44" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
-      <c r="A44" s="33" t="s">
+    <row r="46" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A46" s="33" t="s">
         <v>484</v>
       </c>
-      <c r="B44" s="37">
+      <c r="B46" s="37">
         <v>4350000</v>
       </c>
-      <c r="C44" s="35" t="s">
+      <c r="C46" s="35" t="s">
         <v>483</v>
       </c>
-      <c r="D44" s="16">
+      <c r="D46" s="16">
         <v>45650</v>
       </c>
-      <c r="E44" s="35" t="s">
+      <c r="E46" s="35" t="s">
         <v>485</v>
       </c>
     </row>
-    <row r="45" spans="1:5" s="15" customFormat="1" ht="58.8" customHeight="1">
-      <c r="A45" s="21" t="s">
+    <row r="47" spans="1:5" s="15" customFormat="1" ht="58.8" customHeight="1">
+      <c r="A47" s="21" t="s">
         <v>465</v>
       </c>
-      <c r="B45" s="37">
+      <c r="B47" s="37">
         <v>217053</v>
       </c>
-      <c r="C45" s="35" t="s">
+      <c r="C47" s="35" t="s">
         <v>480</v>
       </c>
-      <c r="D45" s="16">
+      <c r="D47" s="16">
         <v>45559</v>
       </c>
-      <c r="E45" s="35" t="s">
+      <c r="E47" s="35" t="s">
         <v>481</v>
       </c>
     </row>
-    <row r="46" spans="1:5" s="15" customFormat="1" ht="33" customHeight="1">
-      <c r="A46" s="21" t="s">
+    <row r="48" spans="1:5" s="15" customFormat="1" ht="33" customHeight="1">
+      <c r="A48" s="21" t="s">
         <v>466</v>
       </c>
-      <c r="B46" s="37">
+      <c r="B48" s="37">
         <v>590000</v>
       </c>
-      <c r="C46" s="35" t="s">
+      <c r="C48" s="35" t="s">
         <v>478</v>
       </c>
-      <c r="D46" s="16">
+      <c r="D48" s="16">
         <v>45586</v>
       </c>
-      <c r="E46" s="35" t="s">
+      <c r="E48" s="35" t="s">
         <v>479</v>
       </c>
     </row>
-    <row r="47" spans="1:5" s="15" customFormat="1" ht="55.8" customHeight="1">
-      <c r="A47" s="21" t="s">
+    <row r="49" spans="1:5" s="15" customFormat="1" ht="55.8" customHeight="1">
+      <c r="A49" s="21" t="s">
         <v>467</v>
       </c>
-      <c r="B47" s="37">
+      <c r="B49" s="37">
         <v>1628000</v>
       </c>
-      <c r="C47" s="35" t="s">
+      <c r="C49" s="35" t="s">
         <v>476</v>
       </c>
-      <c r="D47" s="16">
+      <c r="D49" s="16">
         <v>45562</v>
       </c>
-      <c r="E47" s="35" t="s">
+      <c r="E49" s="35" t="s">
         <v>477</v>
       </c>
     </row>
-    <row r="48" spans="1:5" s="15" customFormat="1" ht="42" customHeight="1">
-      <c r="A48" s="21" t="s">
+    <row r="50" spans="1:5" s="15" customFormat="1" ht="42" customHeight="1">
+      <c r="A50" s="21" t="s">
         <v>468</v>
       </c>
-      <c r="B48" s="37">
+      <c r="B50" s="37">
         <v>242000</v>
       </c>
-      <c r="C48" s="35" t="s">
+      <c r="C50" s="35" t="s">
         <v>474</v>
       </c>
-      <c r="D48" s="16">
+      <c r="D50" s="16">
         <v>45531</v>
       </c>
-      <c r="E48" s="35" t="s">
+      <c r="E50" s="35" t="s">
         <v>475</v>
       </c>
     </row>
-    <row r="49" spans="1:5" s="15" customFormat="1" ht="56.4" customHeight="1">
-      <c r="A49" s="21" t="s">
+    <row r="51" spans="1:5" s="15" customFormat="1" ht="56.4" customHeight="1">
+      <c r="A51" s="21" t="s">
         <v>469</v>
       </c>
-      <c r="B49" s="37">
+      <c r="B51" s="37">
         <v>3950000</v>
       </c>
-      <c r="C49" s="35" t="s">
+      <c r="C51" s="35" t="s">
         <v>472</v>
       </c>
-      <c r="D49" s="16">
+      <c r="D51" s="16">
         <v>45533</v>
       </c>
-      <c r="E49" s="35" t="s">
+      <c r="E51" s="35" t="s">
         <v>473</v>
       </c>
     </row>
-    <row r="50" spans="1:5" s="15" customFormat="1" ht="33.6" customHeight="1">
-      <c r="A50" s="21" t="s">
+    <row r="52" spans="1:5" s="15" customFormat="1" ht="33.6" customHeight="1">
+      <c r="A52" s="21" t="s">
         <v>470</v>
       </c>
-      <c r="B50" s="37">
+      <c r="B52" s="37">
         <v>2959000</v>
       </c>
-      <c r="C50" s="8" t="s">
+      <c r="C52" s="8" t="s">
         <v>471</v>
       </c>
-      <c r="D50" s="16">
+      <c r="D52" s="16">
         <v>45477</v>
       </c>
-      <c r="E50" s="9" t="s">
+      <c r="E52" s="9" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="51" spans="1:5" s="15" customFormat="1" ht="66.599999999999994" customHeight="1">
-      <c r="A51" s="21" t="s">
+    <row r="53" spans="1:5" s="15" customFormat="1" ht="66.599999999999994" customHeight="1">
+      <c r="A53" s="21" t="s">
         <v>448</v>
       </c>
-      <c r="B51" s="37">
+      <c r="B53" s="37">
         <v>2800000</v>
       </c>
-      <c r="C51" s="35" t="s">
+      <c r="C53" s="35" t="s">
         <v>454</v>
       </c>
-      <c r="D51" s="16">
+      <c r="D53" s="16">
         <v>45448</v>
       </c>
-      <c r="E51" s="35" t="s">
+      <c r="E53" s="35" t="s">
         <v>453</v>
       </c>
     </row>
-    <row r="52" spans="1:5" s="15" customFormat="1" ht="40.200000000000003" customHeight="1">
-      <c r="A52" s="21" t="s">
+    <row r="54" spans="1:5" s="15" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A54" s="21" t="s">
         <v>449</v>
       </c>
-      <c r="B52" s="37">
+      <c r="B54" s="37">
         <v>470000</v>
       </c>
-      <c r="C52" s="35" t="s">
+      <c r="C54" s="35" t="s">
         <v>455</v>
       </c>
-      <c r="D52" s="16">
+      <c r="D54" s="16">
         <v>45428</v>
       </c>
-      <c r="E52" s="35" t="s">
+      <c r="E54" s="35" t="s">
         <v>463</v>
       </c>
     </row>
-    <row r="53" spans="1:5" s="15" customFormat="1" ht="64.2" customHeight="1">
-      <c r="A53" s="21" t="s">
+    <row r="55" spans="1:5" s="15" customFormat="1" ht="64.2" customHeight="1">
+      <c r="A55" s="21" t="s">
         <v>450</v>
       </c>
-      <c r="B53" s="37">
+      <c r="B55" s="37">
         <v>890000</v>
       </c>
-      <c r="C53" s="35" t="s">
+      <c r="C55" s="35" t="s">
         <v>456</v>
       </c>
-      <c r="D53" s="16">
+      <c r="D55" s="16">
         <v>45436</v>
       </c>
-      <c r="E53" s="35" t="s">
+      <c r="E55" s="35" t="s">
         <v>462</v>
       </c>
     </row>
-    <row r="54" spans="1:5" s="15" customFormat="1" ht="60" customHeight="1">
-      <c r="A54" s="21" t="s">
+    <row r="56" spans="1:5" s="15" customFormat="1" ht="60" customHeight="1">
+      <c r="A56" s="21" t="s">
         <v>451</v>
       </c>
-      <c r="B54" s="37">
+      <c r="B56" s="37">
         <v>14150000</v>
       </c>
-      <c r="C54" s="35" t="s">
+      <c r="C56" s="35" t="s">
         <v>457</v>
       </c>
-      <c r="D54" s="16">
+      <c r="D56" s="16">
         <v>45394</v>
       </c>
-      <c r="E54" s="35" t="s">
+      <c r="E56" s="35" t="s">
         <v>460</v>
       </c>
     </row>
-    <row r="55" spans="1:5" s="15" customFormat="1" ht="40.200000000000003" customHeight="1">
-      <c r="A55" s="21" t="s">
+    <row r="57" spans="1:5" s="15" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A57" s="21" t="s">
         <v>452</v>
       </c>
-      <c r="B55" s="37">
+      <c r="B57" s="37">
         <v>3400000</v>
       </c>
-      <c r="C55" s="35" t="s">
+      <c r="C57" s="35" t="s">
         <v>458</v>
       </c>
-      <c r="D55" s="16">
+      <c r="D57" s="16">
         <v>45406</v>
       </c>
-      <c r="E55" s="35" t="s">
+      <c r="E57" s="35" t="s">
         <v>459</v>
-      </c>
-[...32 lines deleted...]
-        <v>444</v>
       </c>
     </row>
     <row r="58" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A58" s="21" t="s">
-        <v>435</v>
+        <v>433</v>
       </c>
       <c r="B58" s="37">
-        <v>810000</v>
-[...2 lines deleted...]
-        <v>441</v>
+        <v>1160000</v>
+      </c>
+      <c r="C58" s="14" t="s">
+        <v>443</v>
       </c>
       <c r="D58" s="16">
-        <v>45356</v>
-[...5 lines deleted...]
-    <row r="59" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+        <v>45385</v>
+      </c>
+      <c r="E58" s="14" t="s">
+        <v>358</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" s="1" customFormat="1" ht="64.2" customHeight="1">
       <c r="A59" s="21" t="s">
-        <v>436</v>
+        <v>434</v>
       </c>
       <c r="B59" s="37">
-        <v>536000</v>
-[...2 lines deleted...]
-        <v>446</v>
+        <v>1450000</v>
+      </c>
+      <c r="C59" s="14" t="s">
+        <v>442</v>
       </c>
       <c r="D59" s="16">
-        <v>45338</v>
+        <v>45385</v>
       </c>
       <c r="E59" s="14" t="s">
-        <v>461</v>
+        <v>444</v>
       </c>
     </row>
     <row r="60" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A60" s="21" t="s">
+        <v>435</v>
+      </c>
+      <c r="B60" s="37">
+        <v>810000</v>
+      </c>
+      <c r="C60" s="9" t="s">
+        <v>441</v>
+      </c>
+      <c r="D60" s="16">
+        <v>45356</v>
+      </c>
+      <c r="E60" s="9" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A61" s="21" t="s">
+        <v>436</v>
+      </c>
+      <c r="B61" s="37">
+        <v>536000</v>
+      </c>
+      <c r="C61" s="8" t="s">
+        <v>446</v>
+      </c>
+      <c r="D61" s="16">
+        <v>45338</v>
+      </c>
+      <c r="E61" s="14" t="s">
+        <v>461</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A62" s="21" t="s">
         <v>437</v>
       </c>
-      <c r="B60" s="38">
+      <c r="B62" s="38">
         <v>680000</v>
       </c>
-      <c r="C60" s="14" t="s">
+      <c r="C62" s="14" t="s">
         <v>445</v>
       </c>
-      <c r="D60" s="16">
+      <c r="D62" s="16">
         <v>45385</v>
       </c>
-      <c r="E60" s="14" t="s">
+      <c r="E62" s="14" t="s">
         <v>276</v>
       </c>
     </row>
-    <row r="61" spans="1:5" s="1" customFormat="1" ht="61.8" customHeight="1">
-      <c r="A61" s="21" t="s">
+    <row r="63" spans="1:5" s="1" customFormat="1" ht="61.8" customHeight="1">
+      <c r="A63" s="21" t="s">
         <v>438</v>
       </c>
-      <c r="B61" s="37">
+      <c r="B63" s="37">
         <v>1402500</v>
       </c>
-      <c r="C61" s="9" t="s">
+      <c r="C63" s="9" t="s">
         <v>447</v>
       </c>
-      <c r="D61" s="16">
+      <c r="D63" s="16">
         <v>45343</v>
       </c>
-      <c r="E61" s="14" t="s">
+      <c r="E63" s="14" t="s">
         <v>277</v>
       </c>
     </row>
-    <row r="62" spans="1:5" s="1" customFormat="1" ht="61.2" customHeight="1">
-      <c r="A62" s="21" t="s">
+    <row r="64" spans="1:5" s="1" customFormat="1" ht="61.2" customHeight="1">
+      <c r="A64" s="21" t="s">
         <v>439</v>
       </c>
-      <c r="B62" s="37">
+      <c r="B64" s="37">
         <v>970000</v>
       </c>
-      <c r="C62" s="9" t="s">
+      <c r="C64" s="9" t="s">
         <v>440</v>
       </c>
-      <c r="D62" s="16">
+      <c r="D64" s="16">
         <v>45343</v>
       </c>
-      <c r="E62" s="9" t="s">
+      <c r="E64" s="9" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="63" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
-      <c r="A63" s="21" t="s">
+    <row r="65" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+      <c r="A65" s="21" t="s">
         <v>403</v>
       </c>
-      <c r="B63" s="23">
+      <c r="B65" s="23">
         <v>3190000</v>
       </c>
-      <c r="C63" s="14" t="s">
+      <c r="C65" s="14" t="s">
         <v>430</v>
       </c>
-      <c r="D63" s="17">
+      <c r="D65" s="17">
         <v>45281</v>
       </c>
-      <c r="E63" s="14" t="s">
+      <c r="E65" s="14" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="64" spans="1:5" s="1" customFormat="1" ht="61.8" customHeight="1">
-      <c r="A64" s="21" t="s">
+    <row r="66" spans="1:5" s="1" customFormat="1" ht="61.8" customHeight="1">
+      <c r="A66" s="21" t="s">
         <v>404</v>
       </c>
-      <c r="B64" s="23">
+      <c r="B66" s="23">
         <v>2921000</v>
       </c>
-      <c r="C64" s="14" t="s">
+      <c r="C66" s="14" t="s">
         <v>429</v>
-      </c>
-[...32 lines deleted...]
-        <v>427</v>
       </c>
       <c r="D66" s="17">
         <v>45281</v>
       </c>
       <c r="E66" s="14" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" s="1" customFormat="1" ht="64.8" customHeight="1">
+      <c r="A67" s="21" t="s">
+        <v>386</v>
+      </c>
+      <c r="B67" s="23">
+        <v>2902000</v>
+      </c>
+      <c r="C67" s="14" t="s">
+        <v>428</v>
+      </c>
+      <c r="D67" s="17">
+        <v>45280</v>
+      </c>
+      <c r="E67" s="14" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A68" s="21" t="s">
+        <v>387</v>
+      </c>
+      <c r="B68" s="23">
+        <v>333000</v>
+      </c>
+      <c r="C68" s="14" t="s">
+        <v>427</v>
+      </c>
+      <c r="D68" s="17">
+        <v>45281</v>
+      </c>
+      <c r="E68" s="14" t="s">
         <v>104</v>
-      </c>
-[...32 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="69" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A69" s="21" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="B69" s="23">
-        <v>4080718</v>
+        <v>188000</v>
       </c>
       <c r="C69" s="14" t="s">
-        <v>423</v>
+        <v>426</v>
       </c>
       <c r="D69" s="17">
-        <v>45280</v>
-[...5 lines deleted...]
-    <row r="70" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+        <v>45273</v>
+      </c>
+      <c r="E69" s="14" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" s="1" customFormat="1" ht="63.6" customHeight="1">
       <c r="A70" s="21" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="B70" s="23">
-        <v>425000</v>
-[...2 lines deleted...]
-        <v>422</v>
+        <v>475000</v>
+      </c>
+      <c r="C70" s="9" t="s">
+        <v>425</v>
       </c>
       <c r="D70" s="17">
-        <v>45268</v>
+        <v>45273</v>
       </c>
       <c r="E70" s="14" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="71" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A71" s="21" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="B71" s="23">
-        <v>1315000</v>
+        <v>4080718</v>
       </c>
       <c r="C71" s="14" t="s">
-        <v>421</v>
+        <v>423</v>
       </c>
       <c r="D71" s="17">
-        <v>45273</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>45280</v>
+      </c>
+      <c r="E71" s="24" t="s">
+        <v>424</v>
       </c>
     </row>
     <row r="72" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A72" s="21" t="s">
-        <v>393</v>
+        <v>391</v>
       </c>
       <c r="B72" s="23">
-        <v>745000</v>
-[...2 lines deleted...]
-        <v>420</v>
+        <v>425000</v>
+      </c>
+      <c r="C72" s="14" t="s">
+        <v>422</v>
       </c>
       <c r="D72" s="17">
-        <v>45278</v>
+        <v>45268</v>
       </c>
       <c r="E72" s="14" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="73" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A73" s="21" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="B73" s="23">
-        <v>315000</v>
+        <v>1315000</v>
       </c>
       <c r="C73" s="14" t="s">
-        <v>419</v>
+        <v>421</v>
       </c>
       <c r="D73" s="17">
+        <v>45273</v>
+      </c>
+      <c r="E73" s="14" t="s">
+        <v>100</v>
+      </c>
+    </row>
+    <row r="74" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A74" s="21" t="s">
+        <v>393</v>
+      </c>
+      <c r="B74" s="23">
+        <v>745000</v>
+      </c>
+      <c r="C74" s="9" t="s">
+        <v>420</v>
+      </c>
+      <c r="D74" s="17">
         <v>45278</v>
       </c>
-      <c r="E73" s="14" t="s">
-[...17 lines deleted...]
-        <v>116</v>
+      <c r="E74" s="14" t="s">
+        <v>135</v>
       </c>
     </row>
     <row r="75" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A75" s="21" t="s">
-        <v>396</v>
+        <v>394</v>
       </c>
       <c r="B75" s="23">
-        <v>4410000</v>
+        <v>315000</v>
       </c>
       <c r="C75" s="14" t="s">
-        <v>416</v>
+        <v>419</v>
       </c>
       <c r="D75" s="17">
-        <v>45268</v>
-[...5 lines deleted...]
-    <row r="76" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+        <v>45278</v>
+      </c>
+      <c r="E75" s="14" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="76" spans="1:5" s="1" customFormat="1" ht="58.2" customHeight="1">
       <c r="A76" s="21" t="s">
-        <v>397</v>
+        <v>395</v>
       </c>
       <c r="B76" s="23">
-        <v>551000</v>
-[...2 lines deleted...]
-        <v>415</v>
+        <v>292000</v>
+      </c>
+      <c r="C76" s="24" t="s">
+        <v>418</v>
       </c>
       <c r="D76" s="17">
-        <v>45275</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>45286</v>
+      </c>
+      <c r="E76" s="9" t="s">
+        <v>116</v>
       </c>
     </row>
     <row r="77" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A77" s="21" t="s">
-        <v>398</v>
+        <v>396</v>
       </c>
       <c r="B77" s="23">
-        <v>271944</v>
+        <v>4410000</v>
       </c>
       <c r="C77" s="14" t="s">
-        <v>414</v>
+        <v>416</v>
       </c>
       <c r="D77" s="17">
-        <v>45266</v>
-[...2 lines deleted...]
-        <v>243</v>
+        <v>45268</v>
+      </c>
+      <c r="E77" s="24" t="s">
+        <v>417</v>
       </c>
     </row>
     <row r="78" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A78" s="21" t="s">
-        <v>399</v>
+        <v>397</v>
       </c>
       <c r="B78" s="23">
-        <v>990000</v>
-[...2 lines deleted...]
-        <v>413</v>
+        <v>551000</v>
+      </c>
+      <c r="C78" s="14" t="s">
+        <v>415</v>
       </c>
       <c r="D78" s="17">
-        <v>45280</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>45275</v>
+      </c>
+      <c r="E78" s="14" t="s">
+        <v>244</v>
       </c>
     </row>
     <row r="79" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A79" s="21" t="s">
-        <v>400</v>
+        <v>398</v>
       </c>
       <c r="B79" s="23">
-        <v>195000</v>
+        <v>271944</v>
       </c>
       <c r="C79" s="14" t="s">
-        <v>412</v>
+        <v>414</v>
       </c>
       <c r="D79" s="17">
-        <v>45261</v>
+        <v>45266</v>
       </c>
       <c r="E79" s="14" t="s">
-        <v>130</v>
+        <v>243</v>
       </c>
     </row>
     <row r="80" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A80" s="21" t="s">
-        <v>401</v>
+        <v>399</v>
       </c>
       <c r="B80" s="23">
-        <v>235000</v>
+        <v>990000</v>
       </c>
       <c r="C80" s="9" t="s">
-        <v>411</v>
+        <v>413</v>
       </c>
       <c r="D80" s="17">
-        <v>45261</v>
+        <v>45280</v>
       </c>
       <c r="E80" s="9" t="s">
-        <v>113</v>
+        <v>140</v>
       </c>
     </row>
     <row r="81" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A81" s="21" t="s">
-        <v>402</v>
+        <v>400</v>
       </c>
       <c r="B81" s="23">
-        <v>4883970</v>
-[...2 lines deleted...]
-        <v>432</v>
+        <v>195000</v>
+      </c>
+      <c r="C81" s="14" t="s">
+        <v>412</v>
       </c>
       <c r="D81" s="17">
-        <v>45266</v>
-[...2 lines deleted...]
-        <v>127</v>
+        <v>45261</v>
+      </c>
+      <c r="E81" s="14" t="s">
+        <v>130</v>
       </c>
     </row>
     <row r="82" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A82" s="21" t="s">
-        <v>385</v>
+        <v>401</v>
       </c>
       <c r="B82" s="23">
-        <v>990000</v>
-[...2 lines deleted...]
-        <v>410</v>
+        <v>235000</v>
+      </c>
+      <c r="C82" s="9" t="s">
+        <v>411</v>
       </c>
       <c r="D82" s="17">
-        <v>45268</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>45261</v>
+      </c>
+      <c r="E82" s="9" t="s">
+        <v>113</v>
       </c>
     </row>
     <row r="83" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A83" s="21" t="s">
-        <v>384</v>
+        <v>402</v>
       </c>
       <c r="B83" s="23">
-        <v>655200</v>
-[...2 lines deleted...]
-        <v>408</v>
+        <v>4883970</v>
+      </c>
+      <c r="C83" s="25" t="s">
+        <v>432</v>
       </c>
       <c r="D83" s="17">
-        <v>45265</v>
-[...2 lines deleted...]
-        <v>409</v>
+        <v>45266</v>
+      </c>
+      <c r="E83" s="9" t="s">
+        <v>127</v>
       </c>
     </row>
     <row r="84" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A84" s="21" t="s">
-        <v>381</v>
+        <v>385</v>
       </c>
       <c r="B84" s="23">
-        <v>920000</v>
-[...2 lines deleted...]
-        <v>431</v>
+        <v>990000</v>
+      </c>
+      <c r="C84" s="14" t="s">
+        <v>410</v>
       </c>
       <c r="D84" s="17">
-        <v>45275</v>
+        <v>45268</v>
       </c>
       <c r="E84" s="14" t="s">
-        <v>104</v>
+        <v>237</v>
       </c>
     </row>
     <row r="85" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A85" s="21" t="s">
-        <v>382</v>
+        <v>384</v>
       </c>
       <c r="B85" s="23">
-        <v>1400000</v>
-[...2 lines deleted...]
-        <v>407</v>
+        <v>655200</v>
+      </c>
+      <c r="C85" s="9" t="s">
+        <v>408</v>
       </c>
       <c r="D85" s="17">
-        <v>45217</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>45265</v>
+      </c>
+      <c r="E85" s="25" t="s">
+        <v>409</v>
       </c>
     </row>
     <row r="86" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A86" s="21" t="s">
-        <v>383</v>
+        <v>381</v>
       </c>
       <c r="B86" s="23">
-        <v>7287000</v>
-[...2 lines deleted...]
-        <v>405</v>
+        <v>920000</v>
+      </c>
+      <c r="C86" s="25" t="s">
+        <v>431</v>
       </c>
       <c r="D86" s="17">
-        <v>45226</v>
-[...2 lines deleted...]
-        <v>406</v>
+        <v>45275</v>
+      </c>
+      <c r="E86" s="14" t="s">
+        <v>104</v>
       </c>
     </row>
     <row r="87" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A87" s="21" t="s">
-        <v>366</v>
+        <v>382</v>
       </c>
       <c r="B87" s="23">
-        <v>705000</v>
+        <v>1400000</v>
       </c>
       <c r="C87" s="24" t="s">
-        <v>379</v>
+        <v>407</v>
       </c>
       <c r="D87" s="17">
-        <v>45174</v>
-[...2 lines deleted...]
-        <v>380</v>
+        <v>45217</v>
+      </c>
+      <c r="E87" s="9" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="88" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A88" s="21" t="s">
-        <v>367</v>
+        <v>383</v>
       </c>
       <c r="B88" s="23">
-        <v>1450000</v>
-[...2 lines deleted...]
-        <v>374</v>
+        <v>7287000</v>
+      </c>
+      <c r="C88" s="18" t="s">
+        <v>405</v>
       </c>
       <c r="D88" s="17">
-        <v>45147</v>
+        <v>45226</v>
       </c>
       <c r="E88" s="24" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-    <row r="89" spans="1:5" s="1" customFormat="1" ht="58.2" customHeight="1">
+        <v>406</v>
+      </c>
+    </row>
+    <row r="89" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A89" s="21" t="s">
-        <v>368</v>
+        <v>366</v>
       </c>
       <c r="B89" s="23">
-        <v>6000000</v>
+        <v>705000</v>
       </c>
       <c r="C89" s="24" t="s">
-        <v>373</v>
+        <v>379</v>
       </c>
       <c r="D89" s="17">
-        <v>45120</v>
+        <v>45174</v>
       </c>
       <c r="E89" s="24" t="s">
-        <v>377</v>
+        <v>380</v>
       </c>
     </row>
     <row r="90" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A90" s="21" t="s">
-        <v>369</v>
+        <v>367</v>
       </c>
       <c r="B90" s="23">
-        <v>965000</v>
+        <v>1450000</v>
       </c>
       <c r="C90" s="24" t="s">
-        <v>372</v>
+        <v>374</v>
       </c>
       <c r="D90" s="17">
-        <v>45128</v>
+        <v>45147</v>
       </c>
       <c r="E90" s="24" t="s">
-        <v>376</v>
-[...2 lines deleted...]
-    <row r="91" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+        <v>378</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" s="1" customFormat="1" ht="58.2" customHeight="1">
       <c r="A91" s="21" t="s">
-        <v>370</v>
+        <v>368</v>
       </c>
       <c r="B91" s="23">
-        <v>1450000</v>
+        <v>6000000</v>
       </c>
       <c r="C91" s="24" t="s">
-        <v>371</v>
+        <v>373</v>
       </c>
       <c r="D91" s="17">
-        <v>45091</v>
+        <v>45120</v>
       </c>
       <c r="E91" s="24" t="s">
-        <v>375</v>
+        <v>377</v>
       </c>
     </row>
     <row r="92" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A92" s="21" t="s">
-        <v>349</v>
+        <v>369</v>
       </c>
       <c r="B92" s="23">
-        <v>2950000</v>
-[...2 lines deleted...]
-        <v>365</v>
+        <v>965000</v>
+      </c>
+      <c r="C92" s="24" t="s">
+        <v>372</v>
       </c>
       <c r="D92" s="17">
-        <v>45057</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>45128</v>
+      </c>
+      <c r="E92" s="24" t="s">
+        <v>376</v>
       </c>
     </row>
     <row r="93" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A93" s="21" t="s">
-        <v>350</v>
+        <v>370</v>
       </c>
       <c r="B93" s="23">
-        <v>470000</v>
-[...2 lines deleted...]
-        <v>364</v>
+        <v>1450000</v>
+      </c>
+      <c r="C93" s="24" t="s">
+        <v>371</v>
       </c>
       <c r="D93" s="17">
-        <v>45037</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>45091</v>
+      </c>
+      <c r="E93" s="24" t="s">
+        <v>375</v>
       </c>
     </row>
     <row r="94" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A94" s="21" t="s">
-        <v>351</v>
+        <v>349</v>
       </c>
       <c r="B94" s="23">
-        <v>8170000</v>
-[...2 lines deleted...]
-        <v>363</v>
+        <v>2950000</v>
+      </c>
+      <c r="C94" s="8" t="s">
+        <v>365</v>
       </c>
       <c r="D94" s="17">
-        <v>45051</v>
+        <v>45057</v>
       </c>
       <c r="E94" s="9" t="s">
-        <v>170</v>
+        <v>163</v>
       </c>
     </row>
     <row r="95" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A95" s="21" t="s">
-        <v>352</v>
+        <v>350</v>
       </c>
       <c r="B95" s="23">
-        <v>3015000</v>
+        <v>470000</v>
       </c>
       <c r="C95" s="9" t="s">
-        <v>362</v>
+        <v>364</v>
       </c>
       <c r="D95" s="17">
+        <v>45037</v>
+      </c>
+      <c r="E95" s="9" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="96" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A96" s="21" t="s">
+        <v>351</v>
+      </c>
+      <c r="B96" s="23">
+        <v>8170000</v>
+      </c>
+      <c r="C96" s="9" t="s">
+        <v>363</v>
+      </c>
+      <c r="D96" s="17">
         <v>45051</v>
       </c>
-      <c r="E95" s="14" t="s">
-[...17 lines deleted...]
-        <v>361</v>
+      <c r="E96" s="9" t="s">
+        <v>170</v>
       </c>
     </row>
     <row r="97" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A97" s="21" t="s">
+        <v>352</v>
+      </c>
+      <c r="B97" s="23">
+        <v>3015000</v>
+      </c>
+      <c r="C97" s="9" t="s">
+        <v>362</v>
+      </c>
+      <c r="D97" s="17">
+        <v>45051</v>
+      </c>
+      <c r="E97" s="14" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" s="1" customFormat="1" ht="63" customHeight="1">
+      <c r="A98" s="21" t="s">
+        <v>353</v>
+      </c>
+      <c r="B98" s="23">
+        <v>1025000</v>
+      </c>
+      <c r="C98" s="9" t="s">
+        <v>360</v>
+      </c>
+      <c r="D98" s="17">
+        <v>45057</v>
+      </c>
+      <c r="E98" s="14" t="s">
+        <v>361</v>
+      </c>
+    </row>
+    <row r="99" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A99" s="21" t="s">
         <v>354</v>
       </c>
-      <c r="B97" s="23">
+      <c r="B99" s="23">
         <v>960000</v>
       </c>
-      <c r="C97" s="9" t="s">
+      <c r="C99" s="9" t="s">
         <v>359</v>
       </c>
-      <c r="D97" s="17">
+      <c r="D99" s="17">
         <v>45057</v>
       </c>
-      <c r="E97" s="14" t="s">
+      <c r="E99" s="14" t="s">
         <v>358</v>
       </c>
     </row>
-    <row r="98" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
-      <c r="A98" s="21" t="s">
+    <row r="100" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A100" s="21" t="s">
         <v>355</v>
       </c>
-      <c r="B98" s="23">
+      <c r="B100" s="23">
         <v>7000000</v>
       </c>
-      <c r="C98" s="9" t="s">
+      <c r="C100" s="9" t="s">
         <v>356</v>
       </c>
-      <c r="D98" s="17">
+      <c r="D100" s="17">
         <v>45036</v>
       </c>
-      <c r="E98" s="14" t="s">
+      <c r="E100" s="14" t="s">
         <v>357</v>
       </c>
     </row>
-    <row r="99" spans="1:5" s="1" customFormat="1" ht="62.4" customHeight="1">
-      <c r="A99" s="21" t="s">
+    <row r="101" spans="1:5" s="1" customFormat="1" ht="62.4" customHeight="1">
+      <c r="A101" s="21" t="s">
         <v>341</v>
       </c>
-      <c r="B99" s="23">
+      <c r="B101" s="23">
         <v>937700</v>
       </c>
-      <c r="C99" s="9" t="s">
+      <c r="C101" s="9" t="s">
         <v>347</v>
       </c>
-      <c r="D99" s="17">
+      <c r="D101" s="17">
         <v>45007</v>
       </c>
-      <c r="E99" s="14" t="s">
+      <c r="E101" s="14" t="s">
         <v>277</v>
       </c>
     </row>
-    <row r="100" spans="1:5" s="1" customFormat="1" ht="58.8" customHeight="1">
-      <c r="A100" s="21" t="s">
+    <row r="102" spans="1:5" s="1" customFormat="1" ht="58.8" customHeight="1">
+      <c r="A102" s="21" t="s">
         <v>342</v>
       </c>
-      <c r="B100" s="23">
+      <c r="B102" s="23">
         <v>297000</v>
       </c>
-      <c r="C100" s="24" t="s">
+      <c r="C102" s="24" t="s">
         <v>348</v>
       </c>
-      <c r="D100" s="17">
+      <c r="D102" s="17">
         <v>45014</v>
       </c>
-      <c r="E100" s="9" t="s">
+      <c r="E102" s="9" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="101" spans="1:5" s="1" customFormat="1" ht="54.6" customHeight="1">
-      <c r="A101" s="21" t="s">
+    <row r="103" spans="1:5" s="1" customFormat="1" ht="54.6" customHeight="1">
+      <c r="A103" s="21" t="s">
         <v>343</v>
       </c>
-      <c r="B101" s="23">
+      <c r="B103" s="23">
         <v>550000</v>
       </c>
-      <c r="C101" s="8" t="s">
+      <c r="C103" s="8" t="s">
         <v>346</v>
       </c>
-      <c r="D101" s="17">
+      <c r="D103" s="17">
         <v>45014</v>
       </c>
-      <c r="E101" s="9" t="s">
+      <c r="E103" s="9" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="102" spans="1:5" s="1" customFormat="1" ht="55.2" customHeight="1">
-      <c r="A102" s="21" t="s">
+    <row r="104" spans="1:5" s="1" customFormat="1" ht="55.2" customHeight="1">
+      <c r="A104" s="21" t="s">
         <v>344</v>
       </c>
-      <c r="B102" s="22">
+      <c r="B104" s="22">
         <v>1460000</v>
       </c>
-      <c r="C102" s="9" t="s">
+      <c r="C104" s="9" t="s">
         <v>345</v>
       </c>
-      <c r="D102" s="17">
+      <c r="D104" s="17">
         <v>44993</v>
       </c>
-      <c r="E102" s="9" t="s">
+      <c r="E104" s="9" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="103" spans="1:5" s="1" customFormat="1" ht="56.4" customHeight="1">
-      <c r="A103" s="21" t="s">
+    <row r="105" spans="1:5" s="1" customFormat="1" ht="56.4" customHeight="1">
+      <c r="A105" s="21" t="s">
         <v>291</v>
       </c>
-      <c r="B103" s="22">
+      <c r="B105" s="22">
         <v>145000</v>
       </c>
-      <c r="C103" s="14" t="s">
+      <c r="C105" s="14" t="s">
         <v>339</v>
       </c>
-      <c r="D103" s="17">
+      <c r="D105" s="17">
         <v>44923</v>
       </c>
-      <c r="E103" s="14" t="s">
+      <c r="E105" s="14" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="104" spans="1:5" s="1" customFormat="1" ht="64.8" customHeight="1">
-      <c r="A104" s="21" t="s">
+    <row r="106" spans="1:5" s="1" customFormat="1" ht="64.8" customHeight="1">
+      <c r="A106" s="21" t="s">
         <v>292</v>
       </c>
-      <c r="B104" s="22">
+      <c r="B106" s="22">
         <v>320000</v>
       </c>
-      <c r="C104" s="14" t="s">
+      <c r="C106" s="14" t="s">
         <v>338</v>
       </c>
-      <c r="D104" s="17">
+      <c r="D106" s="17">
         <v>44918</v>
       </c>
-      <c r="E104" s="14" t="s">
+      <c r="E106" s="14" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="105" spans="1:5" s="1" customFormat="1" ht="70.2" customHeight="1">
-      <c r="A105" s="21" t="s">
+    <row r="107" spans="1:5" s="1" customFormat="1" ht="70.2" customHeight="1">
+      <c r="A107" s="21" t="s">
         <v>293</v>
       </c>
-      <c r="B105" s="22">
+      <c r="B107" s="22">
         <v>2951000</v>
       </c>
-      <c r="C105" s="14" t="s">
+      <c r="C107" s="14" t="s">
         <v>337</v>
       </c>
-      <c r="D105" s="17">
+      <c r="D107" s="17">
         <v>44918</v>
       </c>
-      <c r="E105" s="14" t="s">
+      <c r="E107" s="14" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="106" spans="1:5" s="1" customFormat="1" ht="45" customHeight="1">
-      <c r="A106" s="21" t="s">
+    <row r="108" spans="1:5" s="1" customFormat="1" ht="45" customHeight="1">
+      <c r="A108" s="21" t="s">
         <v>294</v>
       </c>
-      <c r="B106" s="22">
+      <c r="B108" s="22">
         <v>852054</v>
       </c>
-      <c r="C106" s="18" t="s">
+      <c r="C108" s="18" t="s">
         <v>340</v>
       </c>
-      <c r="D106" s="17">
+      <c r="D108" s="17">
         <v>44917</v>
       </c>
-      <c r="E106" s="19" t="s">
+      <c r="E108" s="19" t="s">
         <v>336</v>
       </c>
     </row>
-    <row r="107" spans="1:5" s="1" customFormat="1" ht="55.8" customHeight="1">
-      <c r="A107" s="21" t="s">
+    <row r="109" spans="1:5" s="1" customFormat="1" ht="55.8" customHeight="1">
+      <c r="A109" s="21" t="s">
         <v>295</v>
-      </c>
-[...32 lines deleted...]
-        <v>297</v>
       </c>
       <c r="B109" s="22">
         <v>450000</v>
       </c>
       <c r="C109" s="14" t="s">
-        <v>333</v>
+        <v>335</v>
       </c>
       <c r="D109" s="17">
         <v>44916</v>
       </c>
       <c r="E109" s="14" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="110" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+    <row r="110" spans="1:5" s="1" customFormat="1" ht="58.2" customHeight="1">
       <c r="A110" s="21" t="s">
+        <v>296</v>
+      </c>
+      <c r="B110" s="22">
+        <v>496000</v>
+      </c>
+      <c r="C110" s="9" t="s">
+        <v>334</v>
+      </c>
+      <c r="D110" s="17">
+        <v>44916</v>
+      </c>
+      <c r="E110" s="14" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="111" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A111" s="21" t="s">
+        <v>297</v>
+      </c>
+      <c r="B111" s="22">
+        <v>450000</v>
+      </c>
+      <c r="C111" s="14" t="s">
+        <v>333</v>
+      </c>
+      <c r="D111" s="17">
+        <v>44916</v>
+      </c>
+      <c r="E111" s="14" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+      <c r="A112" s="21" t="s">
         <v>298</v>
       </c>
-      <c r="B110" s="22">
+      <c r="B112" s="22">
         <v>142000</v>
       </c>
-      <c r="C110" s="14" t="s">
+      <c r="C112" s="14" t="s">
         <v>332</v>
       </c>
-      <c r="D110" s="17">
+      <c r="D112" s="17">
         <v>44896</v>
       </c>
-      <c r="E110" s="14" t="s">
+      <c r="E112" s="14" t="s">
         <v>242</v>
       </c>
     </row>
-    <row r="111" spans="1:5" s="1" customFormat="1" ht="60.6" customHeight="1">
-      <c r="A111" s="21" t="s">
+    <row r="113" spans="1:5" s="1" customFormat="1" ht="60.6" customHeight="1">
+      <c r="A113" s="21" t="s">
         <v>299</v>
       </c>
-      <c r="B111" s="22">
+      <c r="B113" s="22">
         <v>3300000</v>
       </c>
-      <c r="C111" s="14" t="s">
+      <c r="C113" s="14" t="s">
         <v>331</v>
       </c>
-      <c r="D111" s="17">
+      <c r="D113" s="17">
         <v>44918</v>
       </c>
-      <c r="E111" s="14" t="s">
+      <c r="E113" s="14" t="s">
         <v>108</v>
       </c>
     </row>
-    <row r="112" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
-      <c r="A112" s="21" t="s">
+    <row r="114" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A114" s="21" t="s">
         <v>300</v>
       </c>
-      <c r="B112" s="22">
+      <c r="B114" s="22">
         <v>476374</v>
       </c>
-      <c r="C112" s="14" t="s">
+      <c r="C114" s="14" t="s">
         <v>330</v>
       </c>
-      <c r="D112" s="17">
+      <c r="D114" s="17">
         <v>44901</v>
       </c>
-      <c r="E112" s="14" t="s">
+      <c r="E114" s="14" t="s">
         <v>244</v>
-      </c>
-[...32 lines deleted...]
-        <v>100</v>
       </c>
     </row>
     <row r="115" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A115" s="21" t="s">
-        <v>303</v>
+        <v>301</v>
       </c>
       <c r="B115" s="22">
-        <v>3698390</v>
+        <v>281088</v>
       </c>
       <c r="C115" s="14" t="s">
-        <v>327</v>
+        <v>329</v>
       </c>
       <c r="D115" s="17">
-        <v>44909</v>
+        <v>44896</v>
       </c>
       <c r="E115" s="14" t="s">
-        <v>228</v>
-[...2 lines deleted...]
-    <row r="116" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+        <v>243</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" s="1" customFormat="1" ht="54" customHeight="1">
       <c r="A116" s="21" t="s">
-        <v>304</v>
+        <v>302</v>
       </c>
       <c r="B116" s="22">
-        <v>4434066</v>
+        <v>3300000</v>
       </c>
       <c r="C116" s="14" t="s">
-        <v>325</v>
+        <v>328</v>
       </c>
       <c r="D116" s="17">
-        <v>44909</v>
-[...2 lines deleted...]
-        <v>326</v>
+        <v>44918</v>
+      </c>
+      <c r="E116" s="14" t="s">
+        <v>100</v>
       </c>
     </row>
     <row r="117" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A117" s="21" t="s">
-        <v>305</v>
+        <v>303</v>
       </c>
       <c r="B117" s="22">
-        <v>960000</v>
-[...2 lines deleted...]
-        <v>324</v>
+        <v>3698390</v>
+      </c>
+      <c r="C117" s="14" t="s">
+        <v>327</v>
       </c>
       <c r="D117" s="17">
-        <v>44911</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>44909</v>
+      </c>
+      <c r="E117" s="14" t="s">
+        <v>228</v>
       </c>
     </row>
     <row r="118" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A118" s="21" t="s">
-        <v>306</v>
+        <v>304</v>
       </c>
       <c r="B118" s="22">
-        <v>750000</v>
-[...2 lines deleted...]
-        <v>323</v>
+        <v>4434066</v>
+      </c>
+      <c r="C118" s="14" t="s">
+        <v>325</v>
       </c>
       <c r="D118" s="17">
-        <v>44911</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>44909</v>
+      </c>
+      <c r="E118" s="19" t="s">
+        <v>326</v>
       </c>
     </row>
     <row r="119" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A119" s="21" t="s">
-        <v>307</v>
+        <v>305</v>
       </c>
       <c r="B119" s="22">
-        <v>1350000</v>
-[...2 lines deleted...]
-        <v>322</v>
+        <v>960000</v>
+      </c>
+      <c r="C119" s="9" t="s">
+        <v>324</v>
       </c>
       <c r="D119" s="17">
-        <v>44918</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>44911</v>
+      </c>
+      <c r="E119" s="9" t="s">
+        <v>140</v>
       </c>
     </row>
     <row r="120" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A120" s="21" t="s">
-        <v>308</v>
+        <v>306</v>
       </c>
       <c r="B120" s="22">
-        <v>630000</v>
+        <v>750000</v>
       </c>
       <c r="C120" s="9" t="s">
-        <v>321</v>
+        <v>323</v>
       </c>
       <c r="D120" s="17">
-        <v>44909</v>
+        <v>44911</v>
       </c>
       <c r="E120" s="14" t="s">
-        <v>145</v>
+        <v>135</v>
       </c>
     </row>
     <row r="121" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A121" s="21" t="s">
-        <v>309</v>
+        <v>307</v>
       </c>
       <c r="B121" s="22">
-        <v>4385000</v>
+        <v>1350000</v>
       </c>
       <c r="C121" s="14" t="s">
-        <v>320</v>
+        <v>322</v>
       </c>
       <c r="D121" s="17">
-        <v>44902</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>44918</v>
+      </c>
+      <c r="E121" s="14" t="s">
+        <v>100</v>
       </c>
     </row>
     <row r="122" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A122" s="21" t="s">
-        <v>310</v>
+        <v>308</v>
       </c>
       <c r="B122" s="22">
-        <v>237500</v>
+        <v>630000</v>
       </c>
       <c r="C122" s="9" t="s">
-        <v>319</v>
+        <v>321</v>
       </c>
       <c r="D122" s="17">
-        <v>44896</v>
-[...2 lines deleted...]
-        <v>113</v>
+        <v>44909</v>
+      </c>
+      <c r="E122" s="14" t="s">
+        <v>145</v>
       </c>
     </row>
     <row r="123" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A123" s="21" t="s">
-        <v>311</v>
+        <v>309</v>
       </c>
       <c r="B123" s="22">
-        <v>990000</v>
+        <v>4385000</v>
       </c>
       <c r="C123" s="14" t="s">
-        <v>318</v>
+        <v>320</v>
       </c>
       <c r="D123" s="17">
-        <v>44897</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>44902</v>
+      </c>
+      <c r="E123" s="9" t="s">
+        <v>106</v>
       </c>
     </row>
     <row r="124" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A124" s="21" t="s">
-        <v>312</v>
+        <v>310</v>
       </c>
       <c r="B124" s="22">
-        <v>461000</v>
+        <v>237500</v>
       </c>
       <c r="C124" s="9" t="s">
-        <v>317</v>
+        <v>319</v>
       </c>
       <c r="D124" s="17">
         <v>44896</v>
       </c>
       <c r="E124" s="9" t="s">
-        <v>90</v>
+        <v>113</v>
       </c>
     </row>
     <row r="125" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A125" s="21" t="s">
-        <v>313</v>
+        <v>311</v>
       </c>
       <c r="B125" s="22">
-        <v>123000</v>
+        <v>990000</v>
       </c>
       <c r="C125" s="14" t="s">
-        <v>316</v>
+        <v>318</v>
       </c>
       <c r="D125" s="17">
-        <v>44902</v>
-[...2 lines deleted...]
-        <v>116</v>
+        <v>44897</v>
+      </c>
+      <c r="E125" s="14" t="s">
+        <v>237</v>
       </c>
     </row>
     <row r="126" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A126" s="21" t="s">
+        <v>312</v>
+      </c>
+      <c r="B126" s="22">
+        <v>461000</v>
+      </c>
+      <c r="C126" s="9" t="s">
+        <v>317</v>
+      </c>
+      <c r="D126" s="17">
+        <v>44896</v>
+      </c>
+      <c r="E126" s="9" t="s">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="127" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A127" s="21" t="s">
+        <v>313</v>
+      </c>
+      <c r="B127" s="22">
+        <v>123000</v>
+      </c>
+      <c r="C127" s="14" t="s">
+        <v>316</v>
+      </c>
+      <c r="D127" s="17">
+        <v>44902</v>
+      </c>
+      <c r="E127" s="9" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A128" s="21" t="s">
         <v>314</v>
       </c>
-      <c r="B126" s="22">
+      <c r="B128" s="22">
         <v>200000</v>
       </c>
-      <c r="C126" s="14" t="s">
+      <c r="C128" s="14" t="s">
         <v>315</v>
       </c>
-      <c r="D126" s="17">
+      <c r="D128" s="17">
         <v>44897</v>
       </c>
-      <c r="E126" s="9" t="s">
+      <c r="E128" s="9" t="s">
         <v>119</v>
-      </c>
-[...32 lines deleted...]
-        <v>288</v>
       </c>
     </row>
     <row r="129" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A129" s="13" t="s">
-        <v>281</v>
+        <v>287</v>
       </c>
       <c r="B129" s="12">
-        <v>3401000</v>
+        <v>988000</v>
       </c>
       <c r="C129" s="18" t="s">
-        <v>282</v>
+        <v>290</v>
       </c>
       <c r="D129" s="27">
-        <v>44764</v>
+        <v>44897</v>
       </c>
       <c r="E129" s="19" t="s">
-        <v>284</v>
-[...2 lines deleted...]
-    <row r="130" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+        <v>289</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" s="1" customFormat="1" ht="64.8" customHeight="1">
       <c r="A130" s="13" t="s">
-        <v>268</v>
-[...11 lines deleted...]
-        <v>163</v>
+        <v>286</v>
+      </c>
+      <c r="B130" s="20">
+        <v>6699000</v>
+      </c>
+      <c r="C130" s="18" t="s">
+        <v>285</v>
+      </c>
+      <c r="D130" s="27">
+        <v>44869</v>
+      </c>
+      <c r="E130" s="19" t="s">
+        <v>288</v>
       </c>
     </row>
     <row r="131" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A131" s="13" t="s">
-        <v>279</v>
+        <v>281</v>
       </c>
       <c r="B131" s="12">
-        <v>6350000</v>
-[...13 lines deleted...]
-        <v>263</v>
+        <v>3401000</v>
+      </c>
+      <c r="C131" s="18" t="s">
+        <v>282</v>
+      </c>
+      <c r="D131" s="27">
+        <v>44764</v>
+      </c>
+      <c r="E131" s="19" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A132" s="13" t="s">
+        <v>268</v>
       </c>
       <c r="B132" s="12">
-        <v>238250</v>
-[...2 lines deleted...]
-        <v>274</v>
+        <v>2950000</v>
+      </c>
+      <c r="C132" s="8" t="s">
+        <v>184</v>
       </c>
       <c r="D132" s="28">
-        <v>44692</v>
-[...2 lines deleted...]
-        <v>275</v>
+        <v>44713</v>
+      </c>
+      <c r="E132" s="9" t="s">
+        <v>163</v>
       </c>
     </row>
     <row r="133" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A133" s="13" t="s">
+        <v>279</v>
+      </c>
+      <c r="B133" s="12">
+        <v>6350000</v>
+      </c>
+      <c r="C133" s="8" t="s">
+        <v>280</v>
+      </c>
+      <c r="D133" s="28">
+        <v>44748</v>
+      </c>
+      <c r="E133" s="9" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" s="1" customFormat="1" ht="52.8" customHeight="1">
+      <c r="A134" s="7" t="s">
+        <v>263</v>
+      </c>
+      <c r="B134" s="12">
+        <v>238250</v>
+      </c>
+      <c r="C134" s="9" t="s">
+        <v>274</v>
+      </c>
+      <c r="D134" s="28">
+        <v>44692</v>
+      </c>
+      <c r="E134" s="14" t="s">
+        <v>275</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A135" s="13" t="s">
         <v>264</v>
       </c>
-      <c r="B133" s="12">
+      <c r="B135" s="12">
         <v>484000</v>
       </c>
-      <c r="C133" s="9" t="s">
+      <c r="C135" s="9" t="s">
         <v>283</v>
       </c>
-      <c r="D133" s="28">
+      <c r="D135" s="28">
         <v>44659</v>
       </c>
-      <c r="E133" s="9" t="s">
+      <c r="E135" s="9" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="134" spans="1:5" s="39" customFormat="1" ht="52.8" customHeight="1">
-      <c r="A134" s="7" t="s">
+    <row r="136" spans="1:5" s="39" customFormat="1" ht="52.8" customHeight="1">
+      <c r="A136" s="7" t="s">
         <v>265</v>
       </c>
-      <c r="B134" s="12">
+      <c r="B136" s="12">
         <v>529000</v>
       </c>
-      <c r="C134" s="8" t="s">
+      <c r="C136" s="8" t="s">
         <v>272</v>
       </c>
-      <c r="D134" s="28">
+      <c r="D136" s="28">
         <v>44678</v>
       </c>
-      <c r="E134" s="9" t="s">
+      <c r="E136" s="9" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="135" spans="1:5" s="15" customFormat="1" ht="62.4" customHeight="1">
-      <c r="A135" s="13" t="s">
+    <row r="137" spans="1:5" s="15" customFormat="1" ht="62.4" customHeight="1">
+      <c r="A137" s="13" t="s">
         <v>266</v>
       </c>
-      <c r="B135" s="12">
+      <c r="B137" s="12">
         <v>915000</v>
       </c>
-      <c r="C135" s="9" t="s">
+      <c r="C137" s="9" t="s">
         <v>270</v>
       </c>
-      <c r="D135" s="28">
+      <c r="D137" s="28">
         <v>44664</v>
       </c>
-      <c r="E135" s="14" t="s">
+      <c r="E137" s="14" t="s">
         <v>276</v>
       </c>
     </row>
-    <row r="136" spans="1:5" s="15" customFormat="1" ht="70.8" customHeight="1">
-      <c r="A136" s="7" t="s">
+    <row r="138" spans="1:5" s="15" customFormat="1" ht="70.8" customHeight="1">
+      <c r="A138" s="7" t="s">
         <v>271</v>
       </c>
-      <c r="B136" s="12">
+      <c r="B138" s="12">
         <v>1385000</v>
       </c>
-      <c r="C136" s="9" t="s">
+      <c r="C138" s="9" t="s">
         <v>273</v>
       </c>
-      <c r="D136" s="28">
+      <c r="D138" s="28">
         <v>44651</v>
       </c>
-      <c r="E136" s="14" t="s">
+      <c r="E138" s="14" t="s">
         <v>277</v>
       </c>
     </row>
-    <row r="137" spans="1:5" s="15" customFormat="1" ht="58.8" customHeight="1">
-      <c r="A137" s="13" t="s">
+    <row r="139" spans="1:5" s="15" customFormat="1" ht="58.8" customHeight="1">
+      <c r="A139" s="13" t="s">
         <v>267</v>
       </c>
-      <c r="B137" s="12">
+      <c r="B139" s="12">
         <v>359888</v>
       </c>
-      <c r="C137" s="9" t="s">
+      <c r="C139" s="9" t="s">
         <v>269</v>
       </c>
-      <c r="D137" s="28">
+      <c r="D139" s="28">
         <v>44643</v>
       </c>
-      <c r="E137" s="14" t="s">
+      <c r="E139" s="14" t="s">
         <v>278</v>
       </c>
     </row>
-    <row r="138" spans="1:5" s="15" customFormat="1" ht="59.4" customHeight="1">
-      <c r="A138" s="7" t="s">
+    <row r="140" spans="1:5" s="15" customFormat="1" ht="59.4" customHeight="1">
+      <c r="A140" s="7" t="s">
         <v>257</v>
       </c>
-      <c r="B138" s="8">
+      <c r="B140" s="8">
         <v>950000</v>
       </c>
-      <c r="C138" s="9" t="s">
+      <c r="C140" s="9" t="s">
         <v>258</v>
       </c>
-      <c r="D138" s="28">
+      <c r="D140" s="28">
         <v>44624</v>
       </c>
-      <c r="E138" s="9" t="s">
+      <c r="E140" s="9" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="139" spans="1:5" s="15" customFormat="1" ht="65.400000000000006" customHeight="1">
-      <c r="A139" s="13" t="s">
+    <row r="141" spans="1:5" s="15" customFormat="1" ht="65.400000000000006" customHeight="1">
+      <c r="A141" s="13" t="s">
         <v>185</v>
       </c>
-      <c r="B139" s="12">
+      <c r="B141" s="12">
         <v>3300000</v>
       </c>
-      <c r="C139" s="14" t="s">
+      <c r="C141" s="14" t="s">
         <v>211</v>
       </c>
-      <c r="D139" s="16">
+      <c r="D141" s="16">
         <v>44559</v>
       </c>
-      <c r="E139" s="14" t="s">
+      <c r="E141" s="14" t="s">
         <v>210</v>
       </c>
     </row>
-    <row r="140" spans="1:5" s="15" customFormat="1" ht="48" customHeight="1">
-      <c r="A140" s="13" t="s">
+    <row r="142" spans="1:5" s="15" customFormat="1" ht="48" customHeight="1">
+      <c r="A142" s="13" t="s">
         <v>186</v>
       </c>
-      <c r="B140" s="12">
+      <c r="B142" s="12">
         <v>317000</v>
       </c>
-      <c r="C140" s="14" t="s">
+      <c r="C142" s="14" t="s">
         <v>213</v>
       </c>
-      <c r="D140" s="16">
+      <c r="D142" s="16">
         <v>44558</v>
       </c>
-      <c r="E140" s="14" t="s">
+      <c r="E142" s="14" t="s">
         <v>214</v>
       </c>
     </row>
-    <row r="141" spans="1:5" s="15" customFormat="1" ht="50.4" customHeight="1">
-      <c r="A141" s="13" t="s">
+    <row r="143" spans="1:5" s="15" customFormat="1" ht="50.4" customHeight="1">
+      <c r="A143" s="13" t="s">
         <v>187</v>
       </c>
-      <c r="B141" s="12">
+      <c r="B143" s="12">
         <v>146500</v>
       </c>
-      <c r="C141" s="14" t="s">
+      <c r="C143" s="14" t="s">
         <v>219</v>
       </c>
-      <c r="D141" s="16">
+      <c r="D143" s="16">
         <v>44552</v>
       </c>
-      <c r="E141" s="14" t="s">
+      <c r="E143" s="14" t="s">
         <v>102</v>
       </c>
     </row>
-    <row r="142" spans="1:5" s="15" customFormat="1" ht="50.4" customHeight="1">
-      <c r="A142" s="13" t="s">
+    <row r="144" spans="1:5" s="15" customFormat="1" ht="50.4" customHeight="1">
+      <c r="A144" s="13" t="s">
         <v>188</v>
       </c>
-      <c r="B142" s="12">
+      <c r="B144" s="12">
         <v>413800</v>
       </c>
-      <c r="C142" s="14" t="s">
+      <c r="C144" s="14" t="s">
         <v>218</v>
       </c>
-      <c r="D142" s="16">
+      <c r="D144" s="16">
         <v>44539</v>
       </c>
-      <c r="E142" s="14" t="s">
+      <c r="E144" s="14" t="s">
         <v>130</v>
       </c>
     </row>
-    <row r="143" spans="1:5" s="15" customFormat="1" ht="36.6" customHeight="1">
-      <c r="A143" s="13" t="s">
+    <row r="145" spans="1:5" s="15" customFormat="1" ht="36.6" customHeight="1">
+      <c r="A145" s="13" t="s">
         <v>189</v>
       </c>
-      <c r="B143" s="12">
+      <c r="B145" s="12">
         <v>990000</v>
       </c>
-      <c r="C143" s="14" t="s">
+      <c r="C145" s="14" t="s">
         <v>221</v>
       </c>
-      <c r="D143" s="16">
+      <c r="D145" s="16">
         <v>44559</v>
       </c>
-      <c r="E143" s="14" t="s">
+      <c r="E145" s="14" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="144" spans="1:5" s="15" customFormat="1" ht="63" customHeight="1">
-      <c r="A144" s="13" t="s">
+    <row r="146" spans="1:5" s="15" customFormat="1" ht="63" customHeight="1">
+      <c r="A146" s="13" t="s">
         <v>190</v>
       </c>
-      <c r="B144" s="12">
+      <c r="B146" s="12">
         <v>3435000</v>
       </c>
-      <c r="C144" s="14" t="s">
+      <c r="C146" s="14" t="s">
         <v>256</v>
       </c>
-      <c r="D144" s="16">
+      <c r="D146" s="16">
         <v>44559</v>
       </c>
-      <c r="E144" s="14" t="s">
+      <c r="E146" s="14" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="145" spans="1:5" s="15" customFormat="1" ht="40.799999999999997" customHeight="1">
-      <c r="A145" s="13" t="s">
+    <row r="147" spans="1:5" s="15" customFormat="1" ht="40.799999999999997" customHeight="1">
+      <c r="A147" s="13" t="s">
         <v>191</v>
       </c>
-      <c r="B145" s="12">
+      <c r="B147" s="12">
         <v>3300000</v>
       </c>
-      <c r="C145" s="14" t="s">
+      <c r="C147" s="14" t="s">
         <v>254</v>
       </c>
-      <c r="D145" s="17">
+      <c r="D147" s="17">
         <v>44559</v>
       </c>
-      <c r="E145" s="14" t="s">
+      <c r="E147" s="14" t="s">
         <v>224</v>
       </c>
     </row>
-    <row r="146" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
-      <c r="A146" s="13" t="s">
+    <row r="148" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A148" s="13" t="s">
         <v>192</v>
       </c>
-      <c r="B146" s="12">
+      <c r="B148" s="12">
         <v>3300000</v>
       </c>
-      <c r="C146" s="14" t="s">
+      <c r="C148" s="14" t="s">
         <v>227</v>
       </c>
-      <c r="D146" s="16">
+      <c r="D148" s="16">
         <v>44538</v>
       </c>
-      <c r="E146" s="14" t="s">
+      <c r="E148" s="14" t="s">
         <v>223</v>
       </c>
     </row>
-    <row r="147" spans="1:5" s="15" customFormat="1" ht="34.799999999999997" customHeight="1">
-      <c r="A147" s="13" t="s">
+    <row r="149" spans="1:5" s="15" customFormat="1" ht="34.799999999999997" customHeight="1">
+      <c r="A149" s="13" t="s">
         <v>193</v>
       </c>
-      <c r="B147" s="12">
+      <c r="B149" s="12">
         <v>3565983</v>
       </c>
-      <c r="C147" s="14" t="s">
+      <c r="C149" s="14" t="s">
         <v>226</v>
       </c>
-      <c r="D147" s="16">
+      <c r="D149" s="16">
         <v>44552</v>
       </c>
-      <c r="E147" s="14" t="s">
+      <c r="E149" s="14" t="s">
         <v>225</v>
       </c>
     </row>
-    <row r="148" spans="1:5" s="15" customFormat="1" ht="37.799999999999997" customHeight="1">
-      <c r="A148" s="13" t="s">
+    <row r="150" spans="1:5" s="15" customFormat="1" ht="37.799999999999997" customHeight="1">
+      <c r="A150" s="13" t="s">
         <v>194</v>
       </c>
-      <c r="B148" s="12">
+      <c r="B150" s="12">
         <v>3827977</v>
       </c>
-      <c r="C148" s="14" t="s">
+      <c r="C150" s="14" t="s">
         <v>230</v>
       </c>
-      <c r="D148" s="16">
+      <c r="D150" s="16">
         <v>44540</v>
       </c>
-      <c r="E148" s="14" t="s">
+      <c r="E150" s="14" t="s">
         <v>228</v>
       </c>
     </row>
-    <row r="149" spans="1:5" s="15" customFormat="1" ht="39" customHeight="1">
-      <c r="A149" s="13" t="s">
+    <row r="151" spans="1:5" s="15" customFormat="1" ht="39" customHeight="1">
+      <c r="A151" s="13" t="s">
         <v>195</v>
       </c>
-      <c r="B149" s="12">
+      <c r="B151" s="12">
         <v>185000</v>
       </c>
-      <c r="C149" s="14" t="s">
+      <c r="C151" s="14" t="s">
         <v>232</v>
       </c>
-      <c r="D149" s="16">
+      <c r="D151" s="16">
         <v>44532</v>
       </c>
-      <c r="E149" s="9" t="s">
+      <c r="E151" s="9" t="s">
         <v>119</v>
       </c>
     </row>
-    <row r="150" spans="1:5" s="15" customFormat="1" ht="42.6" customHeight="1">
-      <c r="A150" s="13" t="s">
+    <row r="152" spans="1:5" s="15" customFormat="1" ht="42.6" customHeight="1">
+      <c r="A152" s="13" t="s">
         <v>196</v>
       </c>
-      <c r="B150" s="12">
+      <c r="B152" s="12">
         <v>4193000</v>
       </c>
-      <c r="C150" s="14" t="s">
+      <c r="C152" s="14" t="s">
         <v>234</v>
       </c>
-      <c r="D150" s="16">
+      <c r="D152" s="16">
         <v>44551</v>
       </c>
-      <c r="E150" s="9" t="s">
+      <c r="E152" s="9" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="151" spans="1:5" s="15" customFormat="1" ht="31.8" customHeight="1">
-      <c r="A151" s="13" t="s">
+    <row r="153" spans="1:5" s="15" customFormat="1" ht="31.8" customHeight="1">
+      <c r="A153" s="13" t="s">
         <v>197</v>
       </c>
-      <c r="B151" s="12">
+      <c r="B153" s="12">
         <v>950000</v>
       </c>
-      <c r="C151" s="14" t="s">
+      <c r="C153" s="14" t="s">
         <v>236</v>
       </c>
-      <c r="D151" s="16">
+      <c r="D153" s="16">
         <v>44552</v>
       </c>
-      <c r="E151" s="14" t="s">
+      <c r="E153" s="14" t="s">
         <v>237</v>
       </c>
     </row>
-    <row r="152" spans="1:5" s="15" customFormat="1" ht="45.6" customHeight="1">
-      <c r="A152" s="13" t="s">
+    <row r="154" spans="1:5" s="15" customFormat="1" ht="45.6" customHeight="1">
+      <c r="A154" s="13" t="s">
         <v>198</v>
       </c>
-      <c r="B152" s="12">
+      <c r="B154" s="12">
         <v>120000</v>
       </c>
-      <c r="C152" s="14" t="s">
+      <c r="C154" s="14" t="s">
         <v>238</v>
       </c>
-      <c r="D152" s="16">
+      <c r="D154" s="16">
         <v>44531</v>
       </c>
-      <c r="E152" s="9" t="s">
+      <c r="E154" s="9" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="153" spans="1:5" s="15" customFormat="1" ht="47.4" customHeight="1">
-      <c r="A153" s="13" t="s">
+    <row r="155" spans="1:5" s="15" customFormat="1" ht="47.4" customHeight="1">
+      <c r="A155" s="13" t="s">
         <v>199</v>
       </c>
-      <c r="B153" s="12">
+      <c r="B155" s="12">
         <v>143000</v>
       </c>
-      <c r="C153" s="14" t="s">
+      <c r="C155" s="14" t="s">
         <v>255</v>
       </c>
-      <c r="D153" s="16">
+      <c r="D155" s="16">
         <v>44538</v>
       </c>
-      <c r="E153" s="14" t="s">
+      <c r="E155" s="14" t="s">
         <v>242</v>
       </c>
     </row>
-    <row r="154" spans="1:5" s="15" customFormat="1" ht="44.4" customHeight="1">
-      <c r="A154" s="13" t="s">
+    <row r="156" spans="1:5" s="15" customFormat="1" ht="44.4" customHeight="1">
+      <c r="A156" s="13" t="s">
         <v>200</v>
       </c>
-      <c r="B154" s="12">
+      <c r="B156" s="12">
         <v>453000</v>
       </c>
-      <c r="C154" s="9" t="s">
+      <c r="C156" s="9" t="s">
         <v>239</v>
       </c>
-      <c r="D154" s="16">
+      <c r="D156" s="16">
         <v>44538</v>
       </c>
-      <c r="E154" s="9" t="s">
+      <c r="E156" s="9" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="155" spans="1:5" s="15" customFormat="1" ht="57.6" customHeight="1">
-      <c r="A155" s="13" t="s">
+    <row r="157" spans="1:5" s="15" customFormat="1" ht="57.6" customHeight="1">
+      <c r="A157" s="13" t="s">
         <v>201</v>
       </c>
-      <c r="B155" s="12">
+      <c r="B157" s="12">
         <v>240000</v>
       </c>
-      <c r="C155" s="9" t="s">
+      <c r="C157" s="9" t="s">
         <v>241</v>
       </c>
-      <c r="D155" s="16">
+      <c r="D157" s="16">
         <v>44545</v>
       </c>
-      <c r="E155" s="9" t="s">
+      <c r="E157" s="9" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="156" spans="1:5" s="15" customFormat="1" ht="39.6" customHeight="1">
-      <c r="A156" s="13" t="s">
+    <row r="158" spans="1:5" s="15" customFormat="1" ht="39.6" customHeight="1">
+      <c r="A158" s="13" t="s">
         <v>202</v>
       </c>
-      <c r="B156" s="12">
+      <c r="B158" s="12">
         <v>451421</v>
       </c>
-      <c r="C156" s="14" t="s">
+      <c r="C158" s="14" t="s">
         <v>246</v>
       </c>
-      <c r="D156" s="16">
+      <c r="D158" s="16">
         <v>44530</v>
       </c>
-      <c r="E156" s="14" t="s">
+      <c r="E158" s="14" t="s">
         <v>244</v>
       </c>
     </row>
-    <row r="157" spans="1:5" s="15" customFormat="1" ht="35.4" customHeight="1">
-      <c r="A157" s="13" t="s">
+    <row r="159" spans="1:5" s="15" customFormat="1" ht="35.4" customHeight="1">
+      <c r="A159" s="13" t="s">
         <v>203</v>
       </c>
-      <c r="B157" s="12">
+      <c r="B159" s="12">
         <v>296640</v>
       </c>
-      <c r="C157" s="14" t="s">
+      <c r="C159" s="14" t="s">
         <v>240</v>
       </c>
-      <c r="D157" s="16">
+      <c r="D159" s="16">
         <v>44525</v>
       </c>
-      <c r="E157" s="14" t="s">
+      <c r="E159" s="14" t="s">
         <v>243</v>
       </c>
     </row>
-    <row r="158" spans="1:5" s="15" customFormat="1" ht="36" customHeight="1">
-      <c r="A158" s="13" t="s">
+    <row r="160" spans="1:5" s="15" customFormat="1" ht="36" customHeight="1">
+      <c r="A160" s="13" t="s">
         <v>204</v>
       </c>
-      <c r="B158" s="12">
+      <c r="B160" s="12">
         <v>421000</v>
       </c>
-      <c r="C158" s="14" t="s">
+      <c r="C160" s="14" t="s">
         <v>247</v>
-      </c>
-[...32 lines deleted...]
-        <v>249</v>
       </c>
       <c r="D160" s="16">
         <v>44531</v>
       </c>
-      <c r="E160" s="9" t="s">
-[...3 lines deleted...]
-    <row r="161" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="E160" s="14" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="161" spans="1:5" s="1" customFormat="1" ht="57.6" customHeight="1">
       <c r="A161" s="13" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="B161" s="12">
-        <v>750000</v>
+        <v>460000</v>
       </c>
       <c r="C161" s="9" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="D161" s="16">
         <v>44531</v>
       </c>
       <c r="E161" s="14" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="162" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A162" s="13" t="s">
+        <v>206</v>
+      </c>
+      <c r="B162" s="12">
+        <v>858000</v>
+      </c>
+      <c r="C162" s="9" t="s">
+        <v>249</v>
+      </c>
+      <c r="D162" s="16">
+        <v>44531</v>
+      </c>
+      <c r="E162" s="9" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A163" s="13" t="s">
+        <v>207</v>
+      </c>
+      <c r="B163" s="12">
+        <v>750000</v>
+      </c>
+      <c r="C163" s="9" t="s">
+        <v>253</v>
+      </c>
+      <c r="D163" s="16">
+        <v>44531</v>
+      </c>
+      <c r="E163" s="14" t="s">
         <v>250</v>
       </c>
     </row>
-    <row r="162" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
-      <c r="A162" s="13" t="s">
+    <row r="164" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A164" s="13" t="s">
         <v>208</v>
       </c>
-      <c r="B162" s="12">
+      <c r="B164" s="12">
         <v>630000</v>
       </c>
-      <c r="C162" s="9" t="s">
+      <c r="C164" s="9" t="s">
         <v>252</v>
       </c>
-      <c r="D162" s="16">
+      <c r="D164" s="16">
         <v>44538</v>
       </c>
-      <c r="E162" s="14" t="s">
+      <c r="E164" s="14" t="s">
         <v>145</v>
-      </c>
-[...32 lines deleted...]
-        <v>106</v>
       </c>
     </row>
     <row r="165" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A165" s="7" t="s">
-        <v>178</v>
-[...5 lines deleted...]
-        <v>180</v>
+        <v>183</v>
+      </c>
+      <c r="B165" s="12">
+        <v>2199800</v>
+      </c>
+      <c r="C165" s="8" t="s">
+        <v>184</v>
       </c>
       <c r="D165" s="28">
-        <v>44370</v>
+        <v>44413</v>
       </c>
       <c r="E165" s="9" t="s">
-        <v>181</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:5" s="39" customFormat="1" ht="54.6" customHeight="1">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A166" s="7" t="s">
-        <v>152</v>
+        <v>179</v>
       </c>
       <c r="B166" s="8">
-        <v>165000</v>
+        <v>714000</v>
       </c>
       <c r="C166" s="9" t="s">
-        <v>153</v>
+        <v>182</v>
       </c>
       <c r="D166" s="28">
-        <v>44286</v>
+        <v>44356</v>
       </c>
       <c r="E166" s="9" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="167" spans="1:5" s="39" customFormat="1" ht="52.8" customHeight="1">
+    <row r="167" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A167" s="7" t="s">
+        <v>178</v>
+      </c>
+      <c r="B167" s="8">
+        <v>23700000</v>
+      </c>
+      <c r="C167" s="9" t="s">
+        <v>180</v>
+      </c>
+      <c r="D167" s="28">
+        <v>44370</v>
+      </c>
+      <c r="E167" s="9" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" s="39" customFormat="1" ht="54.6" customHeight="1">
+      <c r="A168" s="7" t="s">
+        <v>152</v>
+      </c>
+      <c r="B168" s="8">
+        <v>165000</v>
+      </c>
+      <c r="C168" s="9" t="s">
+        <v>153</v>
+      </c>
+      <c r="D168" s="28">
+        <v>44286</v>
+      </c>
+      <c r="E168" s="9" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" s="39" customFormat="1" ht="52.8" customHeight="1">
+      <c r="A169" s="7" t="s">
         <v>154</v>
       </c>
-      <c r="B167" s="8">
+      <c r="B169" s="8">
         <v>358000</v>
       </c>
-      <c r="C167" s="9" t="s">
+      <c r="C169" s="9" t="s">
         <v>88</v>
       </c>
-      <c r="D167" s="28">
+      <c r="D169" s="28">
         <v>44295</v>
       </c>
-      <c r="E167" s="9" t="s">
+      <c r="E169" s="9" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="168" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
-      <c r="A168" s="7" t="s">
+    <row r="170" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A170" s="7" t="s">
         <v>156</v>
       </c>
-      <c r="B168" s="8">
+      <c r="B170" s="8">
         <v>268000</v>
       </c>
-      <c r="C168" s="9" t="s">
+      <c r="C170" s="9" t="s">
         <v>89</v>
       </c>
-      <c r="D168" s="28">
+      <c r="D170" s="28">
         <v>44295</v>
       </c>
-      <c r="E168" s="9" t="s">
+      <c r="E170" s="9" t="s">
         <v>90</v>
       </c>
     </row>
-    <row r="169" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
-      <c r="A169" s="7" t="s">
+    <row r="171" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A171" s="7" t="s">
         <v>259</v>
       </c>
-      <c r="B169" s="12">
+      <c r="B171" s="12">
         <v>621000</v>
       </c>
-      <c r="C169" s="8" t="s">
+      <c r="C171" s="8" t="s">
         <v>262</v>
       </c>
-      <c r="D169" s="28">
+      <c r="D171" s="28">
         <v>44315</v>
       </c>
-      <c r="E169" s="9" t="s">
+      <c r="E171" s="9" t="s">
         <v>261</v>
       </c>
     </row>
-    <row r="170" spans="1:5" s="39" customFormat="1" ht="63.6" customHeight="1">
-      <c r="A170" s="7" t="s">
+    <row r="172" spans="1:5" s="39" customFormat="1" ht="63.6" customHeight="1">
+      <c r="A172" s="7" t="s">
         <v>157</v>
       </c>
-      <c r="B170" s="8">
+      <c r="B172" s="8">
         <v>1110000</v>
       </c>
-      <c r="C170" s="9" t="s">
+      <c r="C172" s="9" t="s">
         <v>91</v>
       </c>
-      <c r="D170" s="28">
+      <c r="D172" s="28">
         <v>44279</v>
       </c>
-      <c r="E170" s="9" t="s">
+      <c r="E172" s="9" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="171" spans="1:5" s="39" customFormat="1" ht="61.8" customHeight="1">
-      <c r="A171" s="7" t="s">
+    <row r="173" spans="1:5" s="39" customFormat="1" ht="61.8" customHeight="1">
+      <c r="A173" s="7" t="s">
         <v>92</v>
       </c>
-      <c r="B171" s="8">
+      <c r="B173" s="8">
         <v>980000</v>
       </c>
-      <c r="C171" s="9" t="s">
+      <c r="C173" s="9" t="s">
         <v>93</v>
       </c>
-      <c r="D171" s="28">
+      <c r="D173" s="28">
         <v>44250</v>
       </c>
-      <c r="E171" s="9" t="s">
+      <c r="E173" s="9" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="172" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
-      <c r="A172" s="7" t="s">
+    <row r="174" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A174" s="7" t="s">
         <v>95</v>
       </c>
-      <c r="B172" s="8">
+      <c r="B174" s="8">
         <v>250000</v>
       </c>
-      <c r="C172" s="9" t="s">
+      <c r="C174" s="9" t="s">
         <v>159</v>
       </c>
-      <c r="D172" s="28">
+      <c r="D174" s="28">
         <v>44230</v>
       </c>
-      <c r="E172" s="9" t="s">
+      <c r="E174" s="9" t="s">
         <v>260</v>
       </c>
     </row>
-    <row r="173" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
-      <c r="A173" s="7" t="s">
+    <row r="175" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A175" s="7" t="s">
         <v>96</v>
       </c>
-      <c r="B173" s="8">
+      <c r="B175" s="8">
         <v>378021</v>
       </c>
-      <c r="C173" s="9" t="s">
+      <c r="C175" s="9" t="s">
         <v>245</v>
       </c>
-      <c r="D173" s="28">
+      <c r="D175" s="28">
         <v>44194</v>
       </c>
-      <c r="E173" s="9" t="s">
+      <c r="E175" s="9" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="174" spans="1:5" s="39" customFormat="1" ht="54.6" customHeight="1">
-      <c r="A174" s="7" t="s">
+    <row r="176" spans="1:5" s="39" customFormat="1" ht="54.6" customHeight="1">
+      <c r="A176" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="B174" s="8">
+      <c r="B176" s="8">
         <v>990000</v>
       </c>
-      <c r="C174" s="9" t="s">
+      <c r="C176" s="9" t="s">
         <v>99</v>
       </c>
-      <c r="D174" s="28">
+      <c r="D176" s="28">
         <v>44195</v>
       </c>
-      <c r="E174" s="9" t="s">
+      <c r="E176" s="9" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="175" spans="1:5" s="39" customFormat="1" ht="52.8" customHeight="1">
-      <c r="A175" s="7" t="s">
+    <row r="177" spans="1:5" s="39" customFormat="1" ht="52.8" customHeight="1">
+      <c r="A177" s="7" t="s">
         <v>101</v>
       </c>
-      <c r="B175" s="8">
+      <c r="B177" s="8">
         <v>138000</v>
       </c>
-      <c r="C175" s="9" t="s">
+      <c r="C177" s="9" t="s">
         <v>215</v>
       </c>
-      <c r="D175" s="28">
+      <c r="D177" s="28">
         <v>44196</v>
       </c>
-      <c r="E175" s="9" t="s">
+      <c r="E177" s="9" t="s">
         <v>216</v>
       </c>
     </row>
-    <row r="176" spans="1:5" s="39" customFormat="1" ht="56.4" customHeight="1">
-      <c r="A176" s="7" t="s">
+    <row r="178" spans="1:5" s="39" customFormat="1" ht="56.4" customHeight="1">
+      <c r="A178" s="7" t="s">
         <v>103</v>
       </c>
-      <c r="B176" s="8">
+      <c r="B178" s="8">
         <v>320000</v>
       </c>
-      <c r="C176" s="9" t="s">
+      <c r="C178" s="9" t="s">
         <v>212</v>
       </c>
-      <c r="D176" s="28">
+      <c r="D178" s="28">
         <v>44187</v>
       </c>
-      <c r="E176" s="9" t="s">
+      <c r="E178" s="9" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="177" spans="1:5" s="39" customFormat="1" ht="51.6" customHeight="1">
-      <c r="A177" s="7" t="s">
+    <row r="179" spans="1:5" s="39" customFormat="1" ht="51.6" customHeight="1">
+      <c r="A179" s="7" t="s">
         <v>105</v>
       </c>
-      <c r="B177" s="8">
+      <c r="B179" s="8">
         <v>3276000</v>
       </c>
-      <c r="C177" s="9" t="s">
+      <c r="C179" s="9" t="s">
         <v>233</v>
       </c>
-      <c r="D177" s="28">
+      <c r="D179" s="28">
         <v>44189</v>
       </c>
-      <c r="E177" s="9" t="s">
+      <c r="E179" s="9" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="178" spans="1:5" s="39" customFormat="1" ht="51.6" customHeight="1">
-      <c r="A178" s="7" t="s">
+    <row r="180" spans="1:5" s="39" customFormat="1" ht="51.6" customHeight="1">
+      <c r="A180" s="7" t="s">
         <v>107</v>
       </c>
-      <c r="B178" s="8">
+      <c r="B180" s="8">
         <v>3084000</v>
       </c>
-      <c r="C178" s="9" t="s">
+      <c r="C180" s="9" t="s">
         <v>209</v>
       </c>
-      <c r="D178" s="28">
+      <c r="D180" s="28">
         <v>44174</v>
       </c>
-      <c r="E178" s="9" t="s">
+      <c r="E180" s="9" t="s">
         <v>210</v>
       </c>
     </row>
-    <row r="179" spans="1:5" s="39" customFormat="1" ht="54.6" customHeight="1">
-      <c r="A179" s="7" t="s">
+    <row r="181" spans="1:5" s="39" customFormat="1" ht="54.6" customHeight="1">
+      <c r="A181" s="7" t="s">
         <v>109</v>
       </c>
-      <c r="B179" s="8">
+      <c r="B181" s="8">
         <v>3105000</v>
       </c>
-      <c r="C179" s="9" t="s">
+      <c r="C181" s="9" t="s">
         <v>110</v>
       </c>
-      <c r="D179" s="28">
+      <c r="D181" s="28">
         <v>44174</v>
       </c>
-      <c r="E179" s="9" t="s">
+      <c r="E181" s="9" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="180" spans="1:5" s="39" customFormat="1" ht="48.6" customHeight="1">
-      <c r="A180" s="7" t="s">
+    <row r="182" spans="1:5" s="39" customFormat="1" ht="48.6" customHeight="1">
+      <c r="A182" s="7" t="s">
         <v>111</v>
       </c>
-      <c r="B180" s="8">
+      <c r="B182" s="8">
         <v>225000</v>
       </c>
-      <c r="C180" s="9" t="s">
+      <c r="C182" s="9" t="s">
         <v>112</v>
       </c>
-      <c r="D180" s="28">
+      <c r="D182" s="28">
         <v>44175</v>
       </c>
-      <c r="E180" s="9" t="s">
+      <c r="E182" s="9" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="181" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
-      <c r="A181" s="7" t="s">
+    <row r="183" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A183" s="7" t="s">
         <v>114</v>
       </c>
-      <c r="B181" s="8">
+      <c r="B183" s="8">
         <v>103000</v>
       </c>
-      <c r="C181" s="9" t="s">
+      <c r="C183" s="9" t="s">
         <v>115</v>
       </c>
-      <c r="D181" s="28">
+      <c r="D183" s="28">
         <v>44175</v>
       </c>
-      <c r="E181" s="9" t="s">
+      <c r="E183" s="9" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="182" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
-      <c r="A182" s="7" t="s">
+    <row r="184" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A184" s="7" t="s">
         <v>117</v>
       </c>
-      <c r="B182" s="8">
+      <c r="B184" s="8">
         <v>300000</v>
       </c>
-      <c r="C182" s="9" t="s">
+      <c r="C184" s="9" t="s">
         <v>217</v>
       </c>
-      <c r="D182" s="28">
+      <c r="D184" s="28">
         <v>44188</v>
       </c>
-      <c r="E182" s="9" t="s">
+      <c r="E184" s="9" t="s">
         <v>220</v>
       </c>
     </row>
-    <row r="183" spans="1:5" s="39" customFormat="1" ht="51" customHeight="1">
-      <c r="A183" s="7" t="s">
+    <row r="185" spans="1:5" s="39" customFormat="1" ht="51" customHeight="1">
+      <c r="A185" s="7" t="s">
         <v>118</v>
       </c>
-      <c r="B183" s="8">
+      <c r="B185" s="8">
         <v>178000</v>
       </c>
-      <c r="C183" s="9" t="s">
+      <c r="C185" s="9" t="s">
         <v>231</v>
-      </c>
-[...32 lines deleted...]
-        <v>124</v>
       </c>
       <c r="D185" s="28">
         <v>44168</v>
       </c>
       <c r="E185" s="9" t="s">
-        <v>125</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="186" spans="1:5" s="39" customFormat="1" ht="55.2" customHeight="1">
       <c r="A186" s="7" t="s">
-        <v>126</v>
+        <v>120</v>
       </c>
       <c r="B186" s="8">
-        <v>3839585</v>
+        <v>1854500</v>
       </c>
       <c r="C186" s="9" t="s">
-        <v>229</v>
+        <v>121</v>
       </c>
       <c r="D186" s="28">
-        <v>44166</v>
+        <v>44168</v>
       </c>
       <c r="E186" s="9" t="s">
-        <v>127</v>
+        <v>222</v>
       </c>
     </row>
     <row r="187" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A187" s="7" t="s">
-        <v>128</v>
+        <v>123</v>
       </c>
       <c r="B187" s="8">
-        <v>485000</v>
+        <v>3311532</v>
       </c>
       <c r="C187" s="9" t="s">
-        <v>129</v>
+        <v>124</v>
       </c>
       <c r="D187" s="28">
-        <v>44181</v>
+        <v>44168</v>
       </c>
       <c r="E187" s="9" t="s">
-        <v>130</v>
+        <v>125</v>
       </c>
     </row>
     <row r="188" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A188" s="7" t="s">
-        <v>131</v>
+        <v>126</v>
       </c>
       <c r="B188" s="8">
-        <v>420000</v>
+        <v>3839585</v>
       </c>
       <c r="C188" s="9" t="s">
-        <v>132</v>
+        <v>229</v>
       </c>
       <c r="D188" s="28">
-        <v>44181</v>
+        <v>44166</v>
       </c>
       <c r="E188" s="9" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
     </row>
     <row r="189" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A189" s="7" t="s">
-        <v>133</v>
+        <v>128</v>
       </c>
       <c r="B189" s="8">
-        <v>750000</v>
+        <v>485000</v>
       </c>
       <c r="C189" s="9" t="s">
-        <v>134</v>
+        <v>129</v>
       </c>
       <c r="D189" s="28">
-        <v>44180</v>
+        <v>44181</v>
       </c>
       <c r="E189" s="9" t="s">
-        <v>135</v>
+        <v>130</v>
       </c>
     </row>
     <row r="190" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A190" s="7" t="s">
-        <v>136</v>
+        <v>131</v>
       </c>
       <c r="B190" s="8">
-        <v>950000</v>
+        <v>420000</v>
       </c>
       <c r="C190" s="9" t="s">
-        <v>235</v>
+        <v>132</v>
       </c>
       <c r="D190" s="28">
-        <v>44180</v>
+        <v>44181</v>
       </c>
       <c r="E190" s="9" t="s">
-        <v>137</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:5" s="39" customFormat="1" ht="57" customHeight="1">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="191" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A191" s="7" t="s">
-        <v>138</v>
+        <v>133</v>
       </c>
       <c r="B191" s="8">
-        <v>858000</v>
+        <v>750000</v>
       </c>
       <c r="C191" s="9" t="s">
-        <v>139</v>
+        <v>134</v>
       </c>
       <c r="D191" s="28">
         <v>44180</v>
       </c>
       <c r="E191" s="9" t="s">
-        <v>140</v>
+        <v>135</v>
       </c>
     </row>
     <row r="192" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A192" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="B192" s="8">
+        <v>950000</v>
+      </c>
+      <c r="C192" s="9" t="s">
+        <v>235</v>
+      </c>
+      <c r="D192" s="28">
+        <v>44180</v>
+      </c>
+      <c r="E192" s="9" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="193" spans="1:5" s="39" customFormat="1" ht="57" customHeight="1">
+      <c r="A193" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="B193" s="8">
+        <v>858000</v>
+      </c>
+      <c r="C193" s="9" t="s">
+        <v>139</v>
+      </c>
+      <c r="D193" s="28">
+        <v>44180</v>
+      </c>
+      <c r="E193" s="9" t="s">
+        <v>140</v>
+      </c>
+    </row>
+    <row r="194" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A194" s="7" t="s">
         <v>141</v>
       </c>
-      <c r="B192" s="8">
+      <c r="B194" s="8">
         <v>324972</v>
       </c>
-      <c r="C192" s="9" t="s">
+      <c r="C194" s="9" t="s">
         <v>142</v>
       </c>
-      <c r="D192" s="28">
+      <c r="D194" s="28">
         <v>44147</v>
       </c>
-      <c r="E192" s="9" t="s">
+      <c r="E194" s="9" t="s">
         <v>143</v>
       </c>
     </row>
-    <row r="193" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
-      <c r="A193" s="7" t="s">
+    <row r="195" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A195" s="7" t="s">
         <v>144</v>
       </c>
-      <c r="B193" s="8">
+      <c r="B195" s="8">
         <v>630000</v>
       </c>
-      <c r="C193" s="9" t="s">
+      <c r="C195" s="9" t="s">
         <v>251</v>
       </c>
-      <c r="D193" s="28">
+      <c r="D195" s="28">
         <v>44176</v>
       </c>
-      <c r="E193" s="9" t="s">
+      <c r="E195" s="9" t="s">
         <v>145</v>
       </c>
     </row>
-    <row r="194" spans="1:5" s="39" customFormat="1" ht="54.6" customHeight="1">
-      <c r="A194" s="7" t="s">
+    <row r="196" spans="1:5" s="39" customFormat="1" ht="54.6" customHeight="1">
+      <c r="A196" s="7" t="s">
         <v>146</v>
       </c>
-      <c r="B194" s="8">
+      <c r="B196" s="8">
         <v>165000</v>
       </c>
-      <c r="C194" s="9" t="s">
+      <c r="C196" s="9" t="s">
         <v>147</v>
       </c>
-      <c r="D194" s="28">
+      <c r="D196" s="28">
         <v>44193</v>
       </c>
-      <c r="E194" s="9" t="s">
+      <c r="E196" s="9" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="195" spans="1:5" s="39" customFormat="1" ht="52.8" customHeight="1">
-      <c r="A195" s="7" t="s">
+    <row r="197" spans="1:5" s="39" customFormat="1" ht="52.8" customHeight="1">
+      <c r="A197" s="7" t="s">
         <v>149</v>
       </c>
-      <c r="B195" s="8">
+      <c r="B197" s="8">
         <v>4675000</v>
       </c>
-      <c r="C195" s="9" t="s">
+      <c r="C197" s="9" t="s">
         <v>150</v>
       </c>
-      <c r="D195" s="28">
+      <c r="D197" s="28">
         <v>44187</v>
       </c>
-      <c r="E195" s="9" t="s">
+      <c r="E197" s="9" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="196" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
-      <c r="A196" s="7" t="s">
+    <row r="198" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A198" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="B196" s="8">
+      <c r="B198" s="8">
         <v>157330</v>
       </c>
-      <c r="C196" s="8" t="s">
+      <c r="C198" s="8" t="s">
         <v>80</v>
       </c>
-      <c r="D196" s="28">
+      <c r="D198" s="28">
         <v>44119</v>
       </c>
-      <c r="E196" s="9" t="s">
+      <c r="E198" s="9" t="s">
         <v>160</v>
-      </c>
-[...32 lines deleted...]
-        <v>587</v>
       </c>
     </row>
     <row r="199" spans="1:5" s="10" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A199" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="B199" s="8">
+        <v>156820</v>
+      </c>
+      <c r="C199" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="D199" s="28">
+        <v>44092</v>
+      </c>
+      <c r="E199" s="9" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5" s="10" customFormat="1" ht="55.8" customHeight="1">
+      <c r="A200" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="B200" s="8">
+        <v>187800</v>
+      </c>
+      <c r="C200" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="D200" s="28">
+        <v>44048</v>
+      </c>
+      <c r="E200" s="9" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="201" spans="1:5" s="10" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A201" s="7" t="s">
         <v>61</v>
       </c>
-      <c r="B199" s="8">
+      <c r="B201" s="8">
         <v>2235000</v>
       </c>
-      <c r="C199" s="8" t="s">
+      <c r="C201" s="8" t="s">
         <v>62</v>
       </c>
-      <c r="D199" s="28">
+      <c r="D201" s="28">
         <v>43959</v>
       </c>
-      <c r="E199" s="9" t="s">
+      <c r="E201" s="9" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="200" spans="1:5" s="10" customFormat="1" ht="40.200000000000003" customHeight="1">
-      <c r="A200" s="7" t="s">
+    <row r="202" spans="1:5" s="10" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A202" s="7" t="s">
         <v>86</v>
       </c>
-      <c r="B200" s="8">
+      <c r="B202" s="8">
         <v>447800</v>
       </c>
-      <c r="C200" s="8" t="s">
+      <c r="C202" s="8" t="s">
         <v>87</v>
       </c>
-      <c r="D200" s="28">
+      <c r="D202" s="28">
         <v>43944</v>
       </c>
-      <c r="E200" s="9" t="s">
+      <c r="E202" s="9" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="201" spans="1:5" s="11" customFormat="1" ht="54.6" customHeight="1">
-      <c r="A201" s="7" t="s">
+    <row r="203" spans="1:5" s="11" customFormat="1" ht="54.6" customHeight="1">
+      <c r="A203" s="7" t="s">
         <v>65</v>
       </c>
-      <c r="B201" s="8">
+      <c r="B203" s="8">
         <v>3046000</v>
       </c>
-      <c r="C201" s="8" t="s">
+      <c r="C203" s="8" t="s">
         <v>66</v>
       </c>
-      <c r="D201" s="28">
+      <c r="D203" s="28">
         <v>43938</v>
       </c>
-      <c r="E201" s="9" t="s">
+      <c r="E203" s="9" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="202" spans="1:5" s="10" customFormat="1" ht="59.4" customHeight="1">
-      <c r="A202" s="7" t="s">
+    <row r="204" spans="1:5" s="10" customFormat="1" ht="59.4" customHeight="1">
+      <c r="A204" s="7" t="s">
         <v>85</v>
       </c>
-      <c r="B202" s="8">
+      <c r="B204" s="8">
         <v>900000</v>
       </c>
-      <c r="C202" s="8" t="s">
+      <c r="C204" s="8" t="s">
+        <v>587</v>
+      </c>
+      <c r="D204" s="28">
+        <v>44025</v>
+      </c>
+      <c r="E204" s="9" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="205" spans="1:5" s="11" customFormat="1" ht="58.2" customHeight="1">
+      <c r="A205" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B205" s="8">
+        <v>357200</v>
+      </c>
+      <c r="C205" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="D205" s="28">
+        <v>43909</v>
+      </c>
+      <c r="E205" s="9" t="s">
         <v>588</v>
       </c>
-      <c r="D202" s="28">
-[...24 lines deleted...]
-      <c r="A204" s="7" t="s">
+    </row>
+    <row r="206" spans="1:5" s="11" customFormat="1" ht="52.8" customHeight="1">
+      <c r="A206" s="7" t="s">
         <v>71</v>
       </c>
-      <c r="B204" s="8">
+      <c r="B206" s="8">
         <v>978517</v>
       </c>
-      <c r="C204" s="8" t="s">
+      <c r="C206" s="8" t="s">
         <v>72</v>
-      </c>
-[...32 lines deleted...]
-        <v>68</v>
       </c>
       <c r="D206" s="28">
         <v>43921</v>
       </c>
       <c r="E206" s="9" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="207" spans="1:5" ht="40.200000000000003" customHeight="1">
+      <c r="A207" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="B207" s="8">
+        <v>492100</v>
+      </c>
+      <c r="C207" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="D207" s="28">
+        <v>43894</v>
+      </c>
+      <c r="E207" s="9" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="208" spans="1:5" s="11" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A208" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B208" s="8">
+        <v>621000</v>
+      </c>
+      <c r="C208" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D208" s="28">
+        <v>43921</v>
+      </c>
+      <c r="E208" s="9" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="207" spans="1:5" s="11" customFormat="1" ht="40.200000000000003" customHeight="1">
-      <c r="A207" s="7" t="s">
+    <row r="209" spans="1:5" s="11" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A209" s="7" t="s">
         <v>63</v>
       </c>
-      <c r="B207" s="8">
+      <c r="B209" s="8">
         <v>968000</v>
       </c>
-      <c r="C207" s="8" t="s">
+      <c r="C209" s="8" t="s">
         <v>64</v>
       </c>
-      <c r="D207" s="28">
+      <c r="D209" s="28">
         <v>43927</v>
       </c>
-      <c r="E207" s="9" t="s">
+      <c r="E209" s="9" t="s">
         <v>158</v>
       </c>
     </row>
-    <row r="208" spans="1:5" ht="51" customHeight="1">
-      <c r="A208" s="7" t="s">
+    <row r="210" spans="1:5" ht="51" customHeight="1">
+      <c r="A210" s="7" t="s">
         <v>77</v>
       </c>
-      <c r="B208" s="8">
+      <c r="B210" s="8">
         <v>948000</v>
       </c>
-      <c r="C208" s="8" t="s">
+      <c r="C210" s="8" t="s">
         <v>78</v>
       </c>
-      <c r="D208" s="28">
+      <c r="D210" s="28">
         <v>43878</v>
       </c>
-      <c r="E208" s="9" t="s">
+      <c r="E210" s="9" t="s">
         <v>94</v>
       </c>
     </row>
-    <row r="209" spans="1:5" ht="55.2" customHeight="1">
-      <c r="A209" s="7" t="s">
+    <row r="211" spans="1:5" ht="55.2" customHeight="1">
+      <c r="A211" s="7" t="s">
         <v>75</v>
       </c>
-      <c r="B209" s="8">
+      <c r="B211" s="8">
         <v>950000</v>
       </c>
-      <c r="C209" s="8" t="s">
+      <c r="C211" s="8" t="s">
         <v>76</v>
       </c>
-      <c r="D209" s="28">
+      <c r="D211" s="28">
         <v>43852</v>
       </c>
-      <c r="E209" s="9" t="s">
+      <c r="E211" s="9" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="210" spans="1:5" ht="34.950000000000003" customHeight="1">
-      <c r="A210" s="7" t="s">
+    <row r="212" spans="1:5" ht="34.950000000000003" customHeight="1">
+      <c r="A212" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="B210" s="8">
+      <c r="B212" s="8">
         <v>451000</v>
       </c>
-      <c r="C210" s="8" t="s">
+      <c r="C212" s="8" t="s">
         <v>28</v>
       </c>
-      <c r="D210" s="28">
+      <c r="D212" s="28">
         <v>43830</v>
       </c>
-      <c r="E210" s="9" t="s">
+      <c r="E212" s="9" t="s">
         <v>174</v>
-      </c>
-[...32 lines deleted...]
-        <v>590</v>
       </c>
     </row>
     <row r="213" spans="1:5" ht="40.200000000000003" customHeight="1">
       <c r="A213" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B213" s="8">
+        <v>37000000</v>
+      </c>
+      <c r="C213" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="D213" s="28">
+        <v>43830</v>
+      </c>
+      <c r="E213" s="9" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="214" spans="1:5" s="4" customFormat="1" ht="34.950000000000003" customHeight="1">
+      <c r="A214" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B214" s="8">
+        <v>114700</v>
+      </c>
+      <c r="C214" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="D214" s="28">
+        <v>43822</v>
+      </c>
+      <c r="E214" s="9" t="s">
+        <v>589</v>
+      </c>
+    </row>
+    <row r="215" spans="1:5" ht="40.200000000000003" customHeight="1">
+      <c r="A215" s="7" t="s">
         <v>16</v>
       </c>
-      <c r="B213" s="8">
+      <c r="B215" s="8">
         <v>176000</v>
       </c>
-      <c r="C213" s="8" t="s">
+      <c r="C215" s="8" t="s">
         <v>17</v>
       </c>
-      <c r="D213" s="28">
+      <c r="D215" s="28">
         <v>43839</v>
       </c>
-      <c r="E213" s="9" t="s">
+      <c r="E215" s="9" t="s">
         <v>171</v>
       </c>
     </row>
-    <row r="214" spans="1:5" ht="34.950000000000003" customHeight="1">
-      <c r="A214" s="7" t="s">
+    <row r="216" spans="1:5" ht="34.950000000000003" customHeight="1">
+      <c r="A216" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="B214" s="8">
+      <c r="B216" s="8">
         <v>301500</v>
       </c>
-      <c r="C214" s="8" t="s">
+      <c r="C216" s="8" t="s">
         <v>26</v>
       </c>
-      <c r="D214" s="28">
+      <c r="D216" s="28">
         <v>43826</v>
       </c>
-      <c r="E214" s="9" t="s">
+      <c r="E216" s="9" t="s">
         <v>173</v>
       </c>
     </row>
-    <row r="215" spans="1:5" s="4" customFormat="1" ht="34.950000000000003" customHeight="1">
-      <c r="A215" s="7" t="s">
+    <row r="217" spans="1:5" s="4" customFormat="1" ht="34.950000000000003" customHeight="1">
+      <c r="A217" s="7" t="s">
         <v>35</v>
       </c>
-      <c r="B215" s="8">
+      <c r="B217" s="8">
         <v>126000</v>
       </c>
-      <c r="C215" s="8" t="s">
+      <c r="C217" s="8" t="s">
         <v>36</v>
       </c>
-      <c r="D215" s="28">
+      <c r="D217" s="28">
         <v>43826</v>
       </c>
-      <c r="E215" s="9" t="s">
-[...4 lines deleted...]
-      <c r="A216" s="7" t="s">
+      <c r="E217" s="9" t="s">
+        <v>590</v>
+      </c>
+    </row>
+    <row r="218" spans="1:5" ht="40.200000000000003" customHeight="1">
+      <c r="A218" s="7" t="s">
         <v>8</v>
       </c>
-      <c r="B216" s="8">
+      <c r="B218" s="8">
         <v>1949000</v>
       </c>
-      <c r="C216" s="8" t="s">
+      <c r="C218" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="D216" s="28">
+      <c r="D218" s="28">
         <v>43840</v>
       </c>
-      <c r="E216" s="9" t="s">
+      <c r="E218" s="9" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="217" spans="1:5" ht="40.200000000000003" customHeight="1">
-      <c r="A217" s="7" t="s">
+    <row r="219" spans="1:5" ht="40.200000000000003" customHeight="1">
+      <c r="A219" s="7" t="s">
         <v>5</v>
       </c>
-      <c r="B217" s="8">
+      <c r="B219" s="8">
         <v>3280000</v>
       </c>
-      <c r="C217" s="8" t="s">
+      <c r="C219" s="8" t="s">
         <v>6</v>
       </c>
-      <c r="D217" s="28" t="s">
+      <c r="D219" s="28" t="s">
         <v>7</v>
       </c>
-      <c r="E217" s="9" t="s">
+      <c r="E219" s="9" t="s">
         <v>108</v>
-      </c>
-[...32 lines deleted...]
-        <v>593</v>
       </c>
     </row>
     <row r="220" spans="1:5" ht="34.950000000000003" customHeight="1">
       <c r="A220" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B220" s="8">
+        <v>465000</v>
+      </c>
+      <c r="C220" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="D220" s="28">
+        <v>43823</v>
+      </c>
+      <c r="E220" s="9" t="s">
+        <v>591</v>
+      </c>
+    </row>
+    <row r="221" spans="1:5" s="4" customFormat="1" ht="34.950000000000003" customHeight="1">
+      <c r="A221" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B221" s="8">
+        <v>240000</v>
+      </c>
+      <c r="C221" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D221" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="E221" s="9" t="s">
+        <v>592</v>
+      </c>
+    </row>
+    <row r="222" spans="1:5" ht="34.950000000000003" customHeight="1">
+      <c r="A222" s="7" t="s">
         <v>29</v>
       </c>
-      <c r="B220" s="8">
+      <c r="B222" s="8">
         <v>890000</v>
       </c>
-      <c r="C220" s="8" t="s">
+      <c r="C222" s="8" t="s">
         <v>30</v>
       </c>
-      <c r="D220" s="28">
+      <c r="D222" s="28">
         <v>43825</v>
       </c>
-      <c r="E220" s="9" t="s">
+      <c r="E222" s="9" t="s">
+        <v>593</v>
+      </c>
+    </row>
+    <row r="223" spans="1:5" ht="40.200000000000003" customHeight="1">
+      <c r="A223" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="B223" s="8">
+        <v>198000</v>
+      </c>
+      <c r="C223" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="D223" s="28">
+        <v>43838</v>
+      </c>
+      <c r="E223" s="9" t="s">
+        <v>169</v>
+      </c>
+    </row>
+    <row r="224" spans="1:5" s="4" customFormat="1" ht="34.950000000000003" customHeight="1">
+      <c r="A224" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B224" s="8">
+        <v>926600</v>
+      </c>
+      <c r="C224" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="D224" s="28">
+        <v>43819</v>
+      </c>
+      <c r="E224" s="9" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="225" spans="1:5" ht="34.950000000000003" customHeight="1">
+      <c r="A225" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B225" s="8">
+        <v>560000</v>
+      </c>
+      <c r="C225" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="D225" s="28">
+        <v>43823</v>
+      </c>
+      <c r="E225" s="9" t="s">
         <v>594</v>
       </c>
     </row>
-    <row r="221" spans="1:5" ht="40.200000000000003" customHeight="1">
-[...51 lines deleted...]
-      <c r="A224" s="7" t="s">
+    <row r="226" spans="1:5" ht="40.200000000000003" customHeight="1">
+      <c r="A226" s="7" t="s">
         <v>10</v>
       </c>
-      <c r="B224" s="8">
+      <c r="B226" s="8">
         <v>3300000</v>
       </c>
-      <c r="C224" s="8" t="s">
+      <c r="C226" s="8" t="s">
         <v>11</v>
       </c>
-      <c r="D224" s="28">
+      <c r="D226" s="28">
         <v>43840</v>
       </c>
-      <c r="E224" s="9" t="s">
+      <c r="E226" s="9" t="s">
         <v>168</v>
       </c>
     </row>
-    <row r="225" spans="1:5" ht="40.200000000000003" customHeight="1">
-      <c r="A225" s="7" t="s">
+    <row r="227" spans="1:5" ht="40.200000000000003" customHeight="1">
+      <c r="A227" s="7" t="s">
         <v>18</v>
       </c>
-      <c r="B225" s="8">
+      <c r="B227" s="8">
         <v>3433000</v>
       </c>
-      <c r="C225" s="8" t="s">
+      <c r="C227" s="8" t="s">
         <v>19</v>
       </c>
-      <c r="D225" s="28">
+      <c r="D227" s="28">
         <v>43825</v>
       </c>
-      <c r="E225" s="9" t="s">
+      <c r="E227" s="9" t="s">
         <v>172</v>
-      </c>
-[...32 lines deleted...]
-        <v>597</v>
       </c>
     </row>
     <row r="228" spans="1:5" ht="34.950000000000003" customHeight="1">
       <c r="A228" s="7" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B228" s="8">
-        <v>3817019</v>
+        <v>3350189</v>
       </c>
       <c r="C228" s="8" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="D228" s="28">
         <v>43803</v>
       </c>
       <c r="E228" s="9" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
     </row>
     <row r="229" spans="1:5" ht="34.950000000000003" customHeight="1">
       <c r="A229" s="7" t="s">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="B229" s="8">
-        <v>630000</v>
+        <v>366336</v>
       </c>
       <c r="C229" s="8" t="s">
-        <v>40</v>
+        <v>48</v>
       </c>
       <c r="D229" s="28">
-        <v>43825</v>
+        <v>43803</v>
       </c>
       <c r="E229" s="9" t="s">
-        <v>145</v>
+        <v>596</v>
       </c>
     </row>
     <row r="230" spans="1:5" ht="34.950000000000003" customHeight="1">
       <c r="A230" s="7" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B230" s="8">
-        <v>760000</v>
+        <v>3817019</v>
       </c>
       <c r="C230" s="8" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="D230" s="28">
-        <v>43798</v>
+        <v>43803</v>
       </c>
       <c r="E230" s="9" t="s">
-        <v>172</v>
+        <v>597</v>
       </c>
     </row>
     <row r="231" spans="1:5" ht="34.950000000000003" customHeight="1">
       <c r="A231" s="7" t="s">
-        <v>49</v>
+        <v>39</v>
       </c>
       <c r="B231" s="8">
-        <v>329175</v>
+        <v>630000</v>
       </c>
       <c r="C231" s="8" t="s">
-        <v>50</v>
+        <v>40</v>
       </c>
       <c r="D231" s="28">
-        <v>43784</v>
+        <v>43825</v>
       </c>
       <c r="E231" s="9" t="s">
-        <v>172</v>
+        <v>145</v>
       </c>
     </row>
     <row r="232" spans="1:5" ht="34.950000000000003" customHeight="1">
       <c r="A232" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B232" s="8">
+        <v>760000</v>
+      </c>
+      <c r="C232" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="D232" s="28">
+        <v>43798</v>
+      </c>
+      <c r="E232" s="9" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="233" spans="1:5" ht="34.950000000000003" customHeight="1">
+      <c r="A233" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B233" s="8">
+        <v>329175</v>
+      </c>
+      <c r="C233" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="D233" s="28">
+        <v>43784</v>
+      </c>
+      <c r="E233" s="9" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="234" spans="1:5" ht="34.950000000000003" customHeight="1">
+      <c r="A234" s="7" t="s">
         <v>51</v>
       </c>
-      <c r="B232" s="8">
+      <c r="B234" s="8">
         <v>204537</v>
       </c>
-      <c r="C232" s="8" t="s">
+      <c r="C234" s="8" t="s">
         <v>52</v>
       </c>
-      <c r="D232" s="28">
+      <c r="D234" s="28">
         <v>43739</v>
       </c>
-      <c r="E232" s="9" t="s">
-[...32 lines deleted...]
-      </c>
       <c r="E234" s="9" t="s">
-        <v>163</v>
+        <v>598</v>
       </c>
     </row>
     <row r="235" spans="1:5" ht="32.4">
       <c r="A235" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B235" s="8">
+        <v>780000</v>
+      </c>
+      <c r="C235" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="D235" s="28">
+        <v>43665</v>
+      </c>
+      <c r="E235" s="9" t="s">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="236" spans="1:5" ht="32.4">
+      <c r="A236" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B236" s="8">
+        <v>2940000</v>
+      </c>
+      <c r="C236" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="D236" s="28">
+        <v>43609</v>
+      </c>
+      <c r="E236" s="9" t="s">
+        <v>163</v>
+      </c>
+    </row>
+    <row r="237" spans="1:5" ht="32.4">
+      <c r="A237" s="7" t="s">
         <v>59</v>
       </c>
-      <c r="B235" s="8">
+      <c r="B237" s="8">
         <v>2520000</v>
       </c>
-      <c r="C235" s="8" t="s">
+      <c r="C237" s="8" t="s">
         <v>60</v>
       </c>
-      <c r="D235" s="28">
+      <c r="D237" s="28">
         <v>43595</v>
       </c>
-      <c r="E235" s="9" t="s">
+      <c r="E237" s="9" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="236" spans="1:5">
-      <c r="A236" s="7" t="s">
+    <row r="238" spans="1:5">
+      <c r="A238" s="7" t="s">
         <v>57</v>
       </c>
-      <c r="B236" s="8">
+      <c r="B238" s="8">
         <v>12983000</v>
       </c>
-      <c r="C236" s="8" t="s">
+      <c r="C238" s="8" t="s">
         <v>58</v>
       </c>
-      <c r="D236" s="28">
+      <c r="D238" s="28">
         <v>43595</v>
       </c>
-      <c r="E236" s="9" t="s">
+      <c r="E238" s="9" t="s">
         <v>177</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.51180555555555596" right="0.51180555555555596" top="0.74791666666666701" bottom="0.74791666666666701" header="0.31388888888888899" footer="0.31388888888888899"/>
   <pageSetup paperSize="9" scale="62" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>