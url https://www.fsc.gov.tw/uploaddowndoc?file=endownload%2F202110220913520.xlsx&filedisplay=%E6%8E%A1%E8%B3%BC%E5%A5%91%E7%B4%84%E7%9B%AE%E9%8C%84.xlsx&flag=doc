--- v1 (2025-11-17)
+++ v2 (2026-02-15)
@@ -1,69 +1,68 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
-  <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.emf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="H:\0-0標案及共約\1-2-2標案及共約\採購契約目錄      (上本會網站公告)\英文(每季)_先將中英文上下排序,再mail詩詩,請外譯廠商翻譯案名    (公司名稱可至商工登記查詢英文名稱)\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\0公務資料1141219\1標案及共約\1標案及共約\採購契約目錄      (上本會網站公告)\英文(每季)_先將中英文上下排序,再mail國業處,請外譯廠商翻譯案名    (公司名稱可至商工登記查詢英文名稱)\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{D3D45CAF-88FE-41CF-8374-8AF22445A464}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{41DEC892-697F-4BAD-9F3A-39D23B0949BD}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12456" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="工作表1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="152511"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="719" uniqueCount="606">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="800" uniqueCount="663">
   <si>
     <t>Contract Number</t>
   </si>
   <si>
     <t>Contract Price</t>
   </si>
   <si>
     <t xml:space="preserve"> Subject of Contract</t>
   </si>
   <si>
     <t>Contract Award Date</t>
   </si>
   <si>
     <t>Winning Bidder</t>
   </si>
   <si>
     <t>109-14</t>
   </si>
   <si>
     <t>2020 Outsourcing by Financial Supervisory Commission of Security Analysis and Security Operations Center (SOC) Services</t>
   </si>
   <si>
     <t>2020-01-09</t>
   </si>
   <si>
@@ -2138,56 +2137,50 @@
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>2025 Outsourcing of an Online Financial Knowledge Competition</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>2024 Information Services and Maintenance for an Accounting Industry Survey</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t xml:space="preserve">2025 Procurement of Information Services and Response Analysis for a Financial Education Survey and Class Management Platform </t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t xml:space="preserve">2025 Procurement for Annual Financial Security Drills, Evaluation Activities, and Internet Security Testing </t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>2025 Sustainable Finance Evaluation Procurement</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>2024 Design Services for the Chinese Yearbook and the 2024-2025 English Yearbook</t>
     <phoneticPr fontId="11" type="noConversion"/>
-  </si>
-[...4 lines deleted...]
-    <t>凌群電腦股份有限公司 (SYSCOM  COMPUTER  ENGINEERING  COMPANY)</t>
   </si>
   <si>
     <t>全方位創意有限公司               ( no English name)</t>
   </si>
   <si>
     <t>AZION CORPORATION</t>
   </si>
   <si>
     <t>Taiwan Academy of Banking and Finance</t>
   </si>
   <si>
     <t>金諄資訊股份有限公司           ( no English name)</t>
   </si>
   <si>
     <t>Financial Information Service Co., Ltd.</t>
   </si>
   <si>
     <t>種子發多元化廣告有限公司    ( no English name)</t>
   </si>
   <si>
     <r>
       <t>雄鴻企業股份有限公司</t>
     </r>
     <r>
       <rPr>
@@ -2381,59 +2374,268 @@
     <r>
       <rPr>
         <sz val="12"/>
         <rFont val="Times New Roman"/>
         <family val="1"/>
       </rPr>
       <t>( no English name)</t>
     </r>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>114-39</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>114-40</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
     <t>Sustainable Finance Mentors – A Course on Content and Technique</t>
   </si>
   <si>
     <t xml:space="preserve"> Procurement of Statista Global Industrial Research Database Services</t>
   </si>
   <si>
-    <t>量子訊息有限公司 (QUANTUM INFORMATION LTD)</t>
-[...2 lines deleted...]
-  <si>
     <t>財團法人中華民國證券暨期貨市場發展基金會               ( Securities and Futures Institute)</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
   <si>
-    <t>財團法人中華民國證券暨期貨市場發展基金會(Securities and Futures Institute)</t>
+    <t>115-26</t>
+  </si>
+  <si>
+    <t>115-25</t>
+  </si>
+  <si>
+    <t>115-24</t>
+  </si>
+  <si>
+    <t>115-23</t>
+  </si>
+  <si>
+    <t>115-22</t>
+  </si>
+  <si>
+    <t>115-21</t>
+  </si>
+  <si>
+    <t>115-20</t>
+  </si>
+  <si>
+    <t>115-19</t>
+  </si>
+  <si>
+    <t>115-18</t>
+  </si>
+  <si>
+    <t>115-17</t>
+  </si>
+  <si>
+    <t>115-16</t>
+  </si>
+  <si>
+    <t>115-15</t>
+  </si>
+  <si>
+    <t>115-14</t>
+  </si>
+  <si>
+    <t>115-13</t>
+  </si>
+  <si>
+    <t>115-12</t>
+  </si>
+  <si>
+    <t>115-11</t>
+  </si>
+  <si>
+    <t>115-10</t>
+  </si>
+  <si>
+    <t>115-09</t>
+  </si>
+  <si>
+    <t>115-08</t>
+  </si>
+  <si>
+    <t>115-07</t>
+  </si>
+  <si>
+    <t>115-06</t>
+  </si>
+  <si>
+    <t>115-05</t>
+  </si>
+  <si>
+    <t>115-04</t>
+  </si>
+  <si>
+    <t>115-03</t>
+  </si>
+  <si>
+    <t>115-02</t>
+  </si>
+  <si>
+    <t>115-01</t>
+  </si>
+  <si>
+    <t>114-41</t>
+  </si>
+  <si>
+    <t>2026 English Editing Services Contract</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 Outsourcing of Document Registration Services</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 improvement and maintenance of the public feedback email system</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 Outsourced Maintenance of Office Equipment</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 Outsourcing of Administrative Services and Fund Operations</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>FORMOSAN MAGAZINE PRESS, INC.</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 procurement of overseas periodicals</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 Domestic Newspapers Procurement</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 Project to Maintain a Collaborative Work Platform for FSC Supervisory Operations</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 outsourcing of functional enhancements and maintenance of the document approval and records management systems of the FSC and its four bureaus</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 Procurement of  Statistical Analysis Concerning Financial Education Questionnaire Surveys and Course Management Platform Information Services and Feedback Data</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>SYSCOM  COMPUTER  ENGINEERING  COMPANY</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>Securities and Futures Institute</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>QUANTUM INFORMATION LTD</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>eCloudvalley Digital Technology Co., Ltd.</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 Outsourcing of Electronic Certificate System Equipment Maintenance and Operation</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 Outsourcing of Historical Materials Website Maintenance</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 Outsourcing of Financial Markets Electronic Official Document Exchange Center Maintenance and Operations</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 Outsourcing of Information Equipment Maintenance and Computer Room Maintenance Operations</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 Outsourcing by Financial Supervisory Commission of Security Analysis and Security Operations Center (SOC) Services</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 Outsourcing of Online News Management Platform and News Clip Materials Outsourcing Services</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 Outsourced TCF Performance Assessment</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t xml:space="preserve"> Securities and Futures Institute</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 expansion and maintenance of WWW and MoneyWise Websites</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 Outsourcing of Financial Supervisory Fund Payment and Management Platform and Small Procurement System Supplementary Maintenance</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>Maintenance of the 2026 Meeting Administrative System</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>Outsourcing of "2026 Repair of Personnel Promotion System"</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 Outsourcing of Facebook Fan Page Assisted Maintenance Services</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 Maintenance of Laws and Regulations Database</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2025 Procurement of Virtual Software by the FSC Information Center</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>GLOBAL INTELLIGENCE NETWORK CO., LTD.</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 Procurement for the Employee Assistance Program</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>宇聯管理顧問有限公司          ( no English name)</t>
+    <phoneticPr fontId="11" type="noConversion"/>
+  </si>
+  <si>
+    <t>2026 Procurement for Repairs and Maintenance to the FSC Financial Supervision Big Data Smart Application Platform</t>
     <phoneticPr fontId="11" type="noConversion"/>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="3">
     <numFmt numFmtId="176" formatCode="_ &quot;￥&quot;* #,##0_ ;_ &quot;￥&quot;* \-#,##0_ ;_ &quot;￥&quot;* &quot;-&quot;_ ;_ @_ "/>
     <numFmt numFmtId="177" formatCode="#,##0_ "/>
     <numFmt numFmtId="178" formatCode="yyyy/m/d;@"/>
   </numFmts>
   <fonts count="15">
     <font>
       <sz val="12"/>
       <name val="宋体"/>
       <charset val="134"/>
     </font>
     <font>
       <sz val="12"/>
       <color indexed="8"/>
       <name val="新細明體"/>
       <family val="2"/>
       <charset val="136"/>
     </font>
@@ -2619,51 +2821,51 @@
         <color rgb="FF000000"/>
       </right>
       <top style="thin">
         <color rgb="FF000000"/>
       </top>
       <bottom style="thin">
         <color rgb="FF000000"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="176" fontId="6" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0">
       <alignment vertical="center"/>
     </xf>
   </cellStyleXfs>
-  <cellXfs count="40">
+  <cellXfs count="41">
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="2" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="2" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="2" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="177" fontId="5" fillId="2" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2739,50 +2941,53 @@
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="178" fontId="5" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="178" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="177" fontId="5" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="2" borderId="0" xfId="2" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="5" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="4">
     <cellStyle name="一般" xfId="0" builtinId="0"/>
     <cellStyle name="一般 2" xfId="2" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="一般 3" xfId="3" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="貨幣[0]" xfId="1" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
@@ -3102,4111 +3307,4570 @@
             <a:srgbClr val="739CC3">
               <a:alpha val="100000"/>
             </a:srgbClr>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="200000"/>
         </a:ln>
       </a:spPr>
       <a:bodyPr/>
       <a:lstStyle/>
     </a:spDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:E238"/>
+  <dimension ref="A1:E265"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
       <pane ySplit="1" topLeftCell="A2" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="I6" sqref="I6"/>
+      <selection pane="bottomLeft" activeCell="B26" sqref="B26"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.8984375" defaultRowHeight="16.2"/>
   <cols>
     <col min="1" max="1" width="15.796875" style="1" customWidth="1"/>
-    <col min="2" max="2" width="16.69921875" style="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="27.5" style="6" customWidth="1"/>
+    <col min="2" max="2" width="54.796875" style="6" customWidth="1"/>
+    <col min="3" max="3" width="27.5" style="6" customWidth="1"/>
+    <col min="4" max="4" width="20.3984375" style="29" customWidth="1"/>
+    <col min="5" max="5" width="16.69921875" style="1" customWidth="1"/>
     <col min="6" max="16384" width="8.8984375" style="2"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A1" s="3" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="3" t="s">
-        <v>1</v>
+      <c r="B1" s="5" t="s">
+        <v>2</v>
       </c>
       <c r="C1" s="5" t="s">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D1" s="26" t="s">
         <v>3</v>
       </c>
-      <c r="E1" s="5" t="s">
-[...4 lines deleted...]
-      <c r="A2" s="30" t="s">
+      <c r="E1" s="3" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="2" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A2" s="40" t="s">
+        <v>602</v>
+      </c>
+      <c r="B2" s="19" t="s">
+        <v>660</v>
+      </c>
+      <c r="C2" s="14" t="s">
+        <v>661</v>
+      </c>
+      <c r="D2" s="32">
+        <v>46022</v>
+      </c>
+      <c r="E2" s="31">
+        <v>108515</v>
+      </c>
+    </row>
+    <row r="3" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A3" s="40" t="s">
+        <v>603</v>
+      </c>
+      <c r="B3" s="9" t="s">
+        <v>629</v>
+      </c>
+      <c r="C3" s="9" t="s">
+        <v>518</v>
+      </c>
+      <c r="D3" s="32">
+        <v>46017</v>
+      </c>
+      <c r="E3" s="31">
+        <v>655200</v>
+      </c>
+    </row>
+    <row r="4" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A4" s="40" t="s">
+        <v>604</v>
+      </c>
+      <c r="B4" s="14" t="s">
+        <v>630</v>
+      </c>
+      <c r="C4" s="9" t="s">
+        <v>538</v>
+      </c>
+      <c r="D4" s="32">
+        <v>46014</v>
+      </c>
+      <c r="E4" s="31">
+        <v>4624664</v>
+      </c>
+    </row>
+    <row r="5" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A5" s="40" t="s">
+        <v>605</v>
+      </c>
+      <c r="B5" s="14" t="s">
+        <v>631</v>
+      </c>
+      <c r="C5" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="D5" s="32">
+        <v>46008</v>
+      </c>
+      <c r="E5" s="31">
+        <v>442000</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" s="1" customFormat="1" ht="52.8" customHeight="1">
+      <c r="A6" s="40" t="s">
+        <v>606</v>
+      </c>
+      <c r="B6" s="35" t="s">
+        <v>632</v>
+      </c>
+      <c r="C6" s="35" t="s">
+        <v>481</v>
+      </c>
+      <c r="D6" s="32">
+        <v>46014</v>
+      </c>
+      <c r="E6" s="31">
+        <v>729000</v>
+      </c>
+    </row>
+    <row r="7" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A7" s="40" t="s">
+        <v>607</v>
+      </c>
+      <c r="B7" s="25" t="s">
+        <v>635</v>
+      </c>
+      <c r="C7" s="9" t="s">
+        <v>634</v>
+      </c>
+      <c r="D7" s="32">
+        <v>46017</v>
+      </c>
+      <c r="E7" s="31">
+        <v>362682</v>
+      </c>
+    </row>
+    <row r="8" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A8" s="40" t="s">
+        <v>608</v>
+      </c>
+      <c r="B8" s="14" t="s">
+        <v>636</v>
+      </c>
+      <c r="C8" s="14" t="s">
+        <v>243</v>
+      </c>
+      <c r="D8" s="32">
+        <v>46014</v>
+      </c>
+      <c r="E8" s="31">
+        <v>151344</v>
+      </c>
+    </row>
+    <row r="9" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A9" s="40" t="s">
+        <v>609</v>
+      </c>
+      <c r="B9" s="35" t="s">
+        <v>637</v>
+      </c>
+      <c r="C9" s="24" t="s">
+        <v>375</v>
+      </c>
+      <c r="D9" s="32">
+        <v>46017</v>
+      </c>
+      <c r="E9" s="31">
+        <v>304000</v>
+      </c>
+    </row>
+    <row r="10" spans="1:5" s="1" customFormat="1" ht="64.2" customHeight="1">
+      <c r="A10" s="40" t="s">
+        <v>610</v>
+      </c>
+      <c r="B10" s="14" t="s">
+        <v>638</v>
+      </c>
+      <c r="C10" s="9" t="s">
+        <v>529</v>
+      </c>
+      <c r="D10" s="32">
+        <v>46007</v>
+      </c>
+      <c r="E10" s="31">
+        <v>2755000</v>
+      </c>
+    </row>
+    <row r="11" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A11" s="40" t="s">
+        <v>611</v>
+      </c>
+      <c r="B11" s="25" t="s">
+        <v>633</v>
+      </c>
+      <c r="C11" s="9" t="s">
+        <v>538</v>
+      </c>
+      <c r="D11" s="32">
+        <v>46007</v>
+      </c>
+      <c r="E11" s="31">
+        <v>5512269</v>
+      </c>
+    </row>
+    <row r="12" spans="1:5" s="1" customFormat="1" ht="69.599999999999994" customHeight="1">
+      <c r="A12" s="40" t="s">
+        <v>612</v>
+      </c>
+      <c r="B12" s="19" t="s">
+        <v>639</v>
+      </c>
+      <c r="C12" s="14" t="s">
+        <v>640</v>
+      </c>
+      <c r="D12" s="32">
+        <v>46014</v>
+      </c>
+      <c r="E12" s="31">
+        <v>670000</v>
+      </c>
+    </row>
+    <row r="13" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A13" s="40" t="s">
+        <v>613</v>
+      </c>
+      <c r="B13" s="35" t="s">
+        <v>644</v>
+      </c>
+      <c r="C13" s="14" t="s">
+        <v>104</v>
+      </c>
+      <c r="D13" s="32">
+        <v>46001</v>
+      </c>
+      <c r="E13" s="31">
+        <v>335000</v>
+      </c>
+    </row>
+    <row r="14" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A14" s="40" t="s">
+        <v>614</v>
+      </c>
+      <c r="B14" s="14" t="s">
+        <v>645</v>
+      </c>
+      <c r="C14" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="D14" s="32">
+        <v>46001</v>
+      </c>
+      <c r="E14" s="31">
+        <v>194500</v>
+      </c>
+    </row>
+    <row r="15" spans="1:5" s="1" customFormat="1" ht="57.6" customHeight="1">
+      <c r="A15" s="40" t="s">
+        <v>615</v>
+      </c>
+      <c r="B15" s="14" t="s">
+        <v>646</v>
+      </c>
+      <c r="C15" s="9" t="s">
+        <v>453</v>
+      </c>
+      <c r="D15" s="32">
+        <v>46001</v>
+      </c>
+      <c r="E15" s="31">
+        <v>2650000</v>
+      </c>
+    </row>
+    <row r="16" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A16" s="40" t="s">
+        <v>616</v>
+      </c>
+      <c r="B16" s="14" t="s">
+        <v>647</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>525</v>
+      </c>
+      <c r="D16" s="32">
+        <v>46001</v>
+      </c>
+      <c r="E16" s="31">
+        <v>4500000</v>
+      </c>
+    </row>
+    <row r="17" spans="1:5" s="1" customFormat="1" ht="60.6" customHeight="1">
+      <c r="A17" s="40" t="s">
+        <v>617</v>
+      </c>
+      <c r="B17" s="14" t="s">
+        <v>648</v>
+      </c>
+      <c r="C17" s="14" t="s">
+        <v>108</v>
+      </c>
+      <c r="D17" s="32">
+        <v>46017</v>
+      </c>
+      <c r="E17" s="31">
+        <v>3800000</v>
+      </c>
+    </row>
+    <row r="18" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A18" s="40" t="s">
+        <v>618</v>
+      </c>
+      <c r="B18" s="9" t="s">
+        <v>649</v>
+      </c>
+      <c r="C18" s="9" t="s">
+        <v>523</v>
+      </c>
+      <c r="D18" s="32">
+        <v>46002</v>
+      </c>
+      <c r="E18" s="31">
+        <v>990000</v>
+      </c>
+    </row>
+    <row r="19" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A19" s="40" t="s">
+        <v>619</v>
+      </c>
+      <c r="B19" s="35" t="s">
+        <v>650</v>
+      </c>
+      <c r="C19" s="9" t="s">
+        <v>651</v>
+      </c>
+      <c r="D19" s="32">
+        <v>46020</v>
+      </c>
+      <c r="E19" s="31">
+        <v>5700000</v>
+      </c>
+    </row>
+    <row r="20" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A20" s="40" t="s">
+        <v>620</v>
+      </c>
+      <c r="B20" s="14" t="s">
+        <v>652</v>
+      </c>
+      <c r="C20" s="14" t="s">
+        <v>100</v>
+      </c>
+      <c r="D20" s="32">
+        <v>46002</v>
+      </c>
+      <c r="E20" s="31">
+        <v>1300000</v>
+      </c>
+    </row>
+    <row r="21" spans="1:5" s="1" customFormat="1" ht="61.8" customHeight="1">
+      <c r="A21" s="40" t="s">
+        <v>621</v>
+      </c>
+      <c r="B21" s="9" t="s">
+        <v>653</v>
+      </c>
+      <c r="C21" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="D21" s="32">
+        <v>45993</v>
+      </c>
+      <c r="E21" s="31">
+        <v>345000</v>
+      </c>
+    </row>
+    <row r="22" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A22" s="40" t="s">
+        <v>622</v>
+      </c>
+      <c r="B22" s="35" t="s">
+        <v>654</v>
+      </c>
+      <c r="C22" s="14" t="s">
+        <v>242</v>
+      </c>
+      <c r="D22" s="32">
+        <v>45993</v>
+      </c>
+      <c r="E22" s="31">
+        <v>150000</v>
+      </c>
+    </row>
+    <row r="23" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A23" s="40" t="s">
+        <v>623</v>
+      </c>
+      <c r="B23" s="9" t="s">
+        <v>519</v>
+      </c>
+      <c r="C23" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="D23" s="32">
+        <v>45993</v>
+      </c>
+      <c r="E23" s="31">
+        <v>240000</v>
+      </c>
+    </row>
+    <row r="24" spans="1:5" s="1" customFormat="1" ht="55.8" customHeight="1">
+      <c r="A24" s="40" t="s">
+        <v>624</v>
+      </c>
+      <c r="B24" s="19" t="s">
+        <v>662</v>
+      </c>
+      <c r="C24" s="14" t="s">
+        <v>477</v>
+      </c>
+      <c r="D24" s="32">
+        <v>45995</v>
+      </c>
+      <c r="E24" s="31">
+        <v>600000</v>
+      </c>
+    </row>
+    <row r="25" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A25" s="40" t="s">
+        <v>625</v>
+      </c>
+      <c r="B25" s="9" t="s">
+        <v>655</v>
+      </c>
+      <c r="C25" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="D25" s="32">
+        <v>45995</v>
+      </c>
+      <c r="E25" s="31">
+        <v>180000</v>
+      </c>
+    </row>
+    <row r="26" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A26" s="40" t="s">
+        <v>626</v>
+      </c>
+      <c r="B26" s="9" t="s">
+        <v>656</v>
+      </c>
+      <c r="C26" s="14" t="s">
+        <v>135</v>
+      </c>
+      <c r="D26" s="32">
+        <v>45995</v>
+      </c>
+      <c r="E26" s="31">
+        <v>745000</v>
+      </c>
+    </row>
+    <row r="27" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A27" s="40" t="s">
+        <v>627</v>
+      </c>
+      <c r="B27" s="14" t="s">
+        <v>657</v>
+      </c>
+      <c r="C27" s="14" t="s">
+        <v>237</v>
+      </c>
+      <c r="D27" s="32">
+        <v>45995</v>
+      </c>
+      <c r="E27" s="31">
+        <v>990000</v>
+      </c>
+    </row>
+    <row r="28" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A28" s="40" t="s">
+        <v>628</v>
+      </c>
+      <c r="B28" s="19" t="s">
+        <v>658</v>
+      </c>
+      <c r="C28" s="14" t="s">
+        <v>659</v>
+      </c>
+      <c r="D28" s="32">
+        <v>45972</v>
+      </c>
+      <c r="E28" s="31">
+        <v>2500000</v>
+      </c>
+    </row>
+    <row r="29" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+      <c r="A29" s="30" t="s">
+        <v>598</v>
+      </c>
+      <c r="B29" s="19" t="s">
+        <v>599</v>
+      </c>
+      <c r="C29" s="14" t="s">
+        <v>641</v>
+      </c>
+      <c r="D29" s="32">
+        <v>45938</v>
+      </c>
+      <c r="E29" s="31">
+        <v>985000</v>
+      </c>
+    </row>
+    <row r="30" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+      <c r="A30" s="30" t="s">
+        <v>597</v>
+      </c>
+      <c r="B30" s="19" t="s">
         <v>600</v>
       </c>
-      <c r="B2" s="31">
-[...16 lines deleted...]
-      <c r="B3" s="31">
+      <c r="C30" s="14" t="s">
+        <v>642</v>
+      </c>
+      <c r="D30" s="32">
+        <v>45863</v>
+      </c>
+      <c r="E30" s="31">
         <v>488000</v>
       </c>
-      <c r="C3" s="19" t="s">
-[...10 lines deleted...]
-      <c r="A4" s="30" t="s">
+    </row>
+    <row r="31" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+      <c r="A31" s="30" t="s">
         <v>568</v>
       </c>
-      <c r="B4" s="31">
+      <c r="B31" s="19" t="s">
+        <v>569</v>
+      </c>
+      <c r="C31" s="14" t="s">
+        <v>643</v>
+      </c>
+      <c r="D31" s="32">
+        <v>45848</v>
+      </c>
+      <c r="E31" s="31">
         <v>9188764</v>
       </c>
-      <c r="C4" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E4" s="14" t="s">
+    </row>
+    <row r="32" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+      <c r="A32" s="30" t="s">
+        <v>563</v>
+      </c>
+      <c r="B32" s="19" t="s">
+        <v>570</v>
+      </c>
+      <c r="C32" s="14" t="s">
         <v>578</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B5" s="31">
+      <c r="D32" s="32">
+        <v>45846</v>
+      </c>
+      <c r="E32" s="31">
         <v>988000</v>
       </c>
-      <c r="C5" s="19" t="s">
-[...5 lines deleted...]
-      <c r="E5" s="14" t="s">
+    </row>
+    <row r="33" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+      <c r="A33" s="30" t="s">
+        <v>564</v>
+      </c>
+      <c r="B33" s="19" t="s">
+        <v>571</v>
+      </c>
+      <c r="C33" s="14" t="s">
+        <v>579</v>
+      </c>
+      <c r="D33" s="32">
+        <v>45828</v>
+      </c>
+      <c r="E33" s="31">
+        <v>2500000</v>
+      </c>
+    </row>
+    <row r="34" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+      <c r="A34" s="30" t="s">
+        <v>565</v>
+      </c>
+      <c r="B34" s="19" t="s">
+        <v>572</v>
+      </c>
+      <c r="C34" s="14" t="s">
         <v>580</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E6" s="14" t="s">
+      <c r="D34" s="32">
+        <v>45793</v>
+      </c>
+      <c r="E34" s="31">
+        <v>2960000</v>
+      </c>
+    </row>
+    <row r="35" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+      <c r="A35" s="30" t="s">
+        <v>566</v>
+      </c>
+      <c r="B35" s="19" t="s">
+        <v>573</v>
+      </c>
+      <c r="C35" s="14" t="s">
         <v>581</v>
       </c>
-    </row>
-[...10 lines deleted...]
-      <c r="D7" s="32">
+      <c r="D35" s="32">
+        <v>45800</v>
+      </c>
+      <c r="E35" s="31">
+        <v>472000</v>
+      </c>
+    </row>
+    <row r="36" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+      <c r="A36" s="30" t="s">
+        <v>567</v>
+      </c>
+      <c r="B36" s="19" t="s">
+        <v>574</v>
+      </c>
+      <c r="C36" s="14" t="s">
+        <v>640</v>
+      </c>
+      <c r="D36" s="32">
         <v>45793</v>
       </c>
-      <c r="E7" s="14" t="s">
+      <c r="E36" s="31">
+        <v>1260000</v>
+      </c>
+    </row>
+    <row r="37" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+      <c r="A37" s="30" t="s">
+        <v>562</v>
+      </c>
+      <c r="B37" s="19" t="s">
+        <v>575</v>
+      </c>
+      <c r="C37" s="14" t="s">
         <v>582</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E8" s="14" t="s">
+      <c r="D37" s="32">
+        <v>45797</v>
+      </c>
+      <c r="E37" s="31">
+        <v>18250000</v>
+      </c>
+    </row>
+    <row r="38" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+      <c r="A38" s="30" t="s">
+        <v>561</v>
+      </c>
+      <c r="B38" s="19" t="s">
+        <v>576</v>
+      </c>
+      <c r="C38" s="14" t="s">
+        <v>580</v>
+      </c>
+      <c r="D38" s="32">
+        <v>45763</v>
+      </c>
+      <c r="E38" s="31">
+        <v>3450000</v>
+      </c>
+    </row>
+    <row r="39" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+      <c r="A39" s="30" t="s">
+        <v>560</v>
+      </c>
+      <c r="B39" s="19" t="s">
+        <v>577</v>
+      </c>
+      <c r="C39" s="14" t="s">
         <v>583</v>
       </c>
-    </row>
-[...55 lines deleted...]
-      <c r="B12" s="31">
+      <c r="D39" s="32">
+        <v>45777</v>
+      </c>
+      <c r="E39" s="31">
         <v>246000</v>
       </c>
-      <c r="C12" s="19" t="s">
-[...10 lines deleted...]
-      <c r="A13" s="30" t="s">
+    </row>
+    <row r="40" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+      <c r="A40" s="30" t="s">
         <v>549</v>
       </c>
-      <c r="B13" s="31">
+      <c r="B40" s="19" t="s">
+        <v>554</v>
+      </c>
+      <c r="C40" s="14" t="s">
+        <v>277</v>
+      </c>
+      <c r="D40" s="32">
+        <v>45741</v>
+      </c>
+      <c r="E40" s="31">
         <v>1457750</v>
       </c>
-      <c r="C13" s="19" t="s">
-[...10 lines deleted...]
-      <c r="A14" s="33" t="s">
+    </row>
+    <row r="41" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A41" s="33" t="s">
         <v>550</v>
       </c>
-      <c r="B14" s="34">
+      <c r="B41" s="35" t="s">
+        <v>553</v>
+      </c>
+      <c r="C41" s="35" t="s">
+        <v>555</v>
+      </c>
+      <c r="D41" s="36">
+        <v>45744</v>
+      </c>
+      <c r="E41" s="34">
         <v>4978000</v>
       </c>
-      <c r="C14" s="35" t="s">
-[...10 lines deleted...]
-      <c r="A15" s="33" t="s">
+    </row>
+    <row r="42" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A42" s="33" t="s">
         <v>551</v>
       </c>
-      <c r="B15" s="34">
+      <c r="B42" s="35" t="s">
+        <v>552</v>
+      </c>
+      <c r="C42" s="14" t="s">
+        <v>515</v>
+      </c>
+      <c r="D42" s="36">
+        <v>45756</v>
+      </c>
+      <c r="E42" s="34">
         <v>570000</v>
       </c>
-      <c r="C15" s="35" t="s">
-[...10 lines deleted...]
-      <c r="A16" s="33" t="s">
+    </row>
+    <row r="43" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A43" s="33" t="s">
         <v>556</v>
       </c>
-      <c r="B16" s="34">
+      <c r="B43" s="35" t="s">
+        <v>557</v>
+      </c>
+      <c r="C43" s="14" t="s">
+        <v>559</v>
+      </c>
+      <c r="D43" s="36" t="s">
+        <v>558</v>
+      </c>
+      <c r="E43" s="34">
         <v>4755000</v>
-      </c>
-[...466 lines deleted...]
-        <v>406</v>
       </c>
     </row>
     <row r="44" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A44" s="21" t="s">
-        <v>464</v>
-[...11 lines deleted...]
-        <v>163</v>
+        <v>486</v>
+      </c>
+      <c r="B44" s="35" t="s">
+        <v>546</v>
+      </c>
+      <c r="C44" s="14" t="s">
+        <v>104</v>
+      </c>
+      <c r="D44" s="36">
+        <v>45660</v>
+      </c>
+      <c r="E44" s="37">
+        <v>330000</v>
       </c>
     </row>
     <row r="45" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
       <c r="A45" s="21" t="s">
+        <v>487</v>
+      </c>
+      <c r="B45" s="14" t="s">
+        <v>545</v>
+      </c>
+      <c r="C45" s="14" t="s">
+        <v>108</v>
+      </c>
+      <c r="D45" s="36">
+        <v>45651</v>
+      </c>
+      <c r="E45" s="37">
+        <v>3300000</v>
+      </c>
+    </row>
+    <row r="46" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A46" s="21" t="s">
+        <v>488</v>
+      </c>
+      <c r="B46" s="35" t="s">
+        <v>544</v>
+      </c>
+      <c r="C46" s="9" t="s">
+        <v>377</v>
+      </c>
+      <c r="D46" s="36">
+        <v>45657</v>
+      </c>
+      <c r="E46" s="37">
+        <v>520000</v>
+      </c>
+    </row>
+    <row r="47" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A47" s="21" t="s">
+        <v>489</v>
+      </c>
+      <c r="B47" s="14" t="s">
+        <v>543</v>
+      </c>
+      <c r="C47" s="14" t="s">
+        <v>100</v>
+      </c>
+      <c r="D47" s="36">
+        <v>45646</v>
+      </c>
+      <c r="E47" s="37">
+        <v>920000</v>
+      </c>
+    </row>
+    <row r="48" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A48" s="21" t="s">
+        <v>490</v>
+      </c>
+      <c r="B48" s="9" t="s">
+        <v>542</v>
+      </c>
+      <c r="C48" s="14" t="s">
+        <v>135</v>
+      </c>
+      <c r="D48" s="36">
+        <v>45646</v>
+      </c>
+      <c r="E48" s="37">
+        <v>740000</v>
+      </c>
+    </row>
+    <row r="49" spans="1:5" s="15" customFormat="1" ht="70.8" customHeight="1">
+      <c r="A49" s="21" t="s">
+        <v>491</v>
+      </c>
+      <c r="B49" s="35" t="s">
+        <v>540</v>
+      </c>
+      <c r="C49" s="9" t="s">
+        <v>601</v>
+      </c>
+      <c r="D49" s="36">
+        <v>45664</v>
+      </c>
+      <c r="E49" s="37">
+        <v>5030000</v>
+      </c>
+    </row>
+    <row r="50" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A50" s="21" t="s">
+        <v>492</v>
+      </c>
+      <c r="B50" s="35" t="s">
+        <v>541</v>
+      </c>
+      <c r="C50" s="35" t="s">
+        <v>481</v>
+      </c>
+      <c r="D50" s="36">
+        <v>45644</v>
+      </c>
+      <c r="E50" s="37">
+        <v>706500</v>
+      </c>
+    </row>
+    <row r="51" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A51" s="21" t="s">
+        <v>493</v>
+      </c>
+      <c r="B51" s="25" t="s">
+        <v>539</v>
+      </c>
+      <c r="C51" s="9" t="s">
+        <v>538</v>
+      </c>
+      <c r="D51" s="36">
+        <v>45651</v>
+      </c>
+      <c r="E51" s="37">
+        <v>5458824</v>
+      </c>
+    </row>
+    <row r="52" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A52" s="21" t="s">
+        <v>494</v>
+      </c>
+      <c r="B52" s="14" t="s">
+        <v>537</v>
+      </c>
+      <c r="C52" s="9" t="s">
+        <v>538</v>
+      </c>
+      <c r="D52" s="36">
+        <v>45651</v>
+      </c>
+      <c r="E52" s="37">
+        <v>4700307</v>
+      </c>
+    </row>
+    <row r="53" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A53" s="21" t="s">
+        <v>495</v>
+      </c>
+      <c r="B53" s="14" t="s">
+        <v>536</v>
+      </c>
+      <c r="C53" s="14" t="s">
+        <v>244</v>
+      </c>
+      <c r="D53" s="36">
+        <v>45649</v>
+      </c>
+      <c r="E53" s="37">
+        <v>537560</v>
+      </c>
+    </row>
+    <row r="54" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A54" s="21" t="s">
+        <v>496</v>
+      </c>
+      <c r="B54" s="14" t="s">
+        <v>535</v>
+      </c>
+      <c r="C54" s="14" t="s">
+        <v>243</v>
+      </c>
+      <c r="D54" s="36">
+        <v>45646</v>
+      </c>
+      <c r="E54" s="37">
+        <v>191772</v>
+      </c>
+    </row>
+    <row r="55" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A55" s="21" t="s">
+        <v>497</v>
+      </c>
+      <c r="B55" s="9" t="s">
+        <v>533</v>
+      </c>
+      <c r="C55" s="9" t="s">
+        <v>534</v>
+      </c>
+      <c r="D55" s="36">
+        <v>45653</v>
+      </c>
+      <c r="E55" s="37">
+        <v>945000</v>
+      </c>
+    </row>
+    <row r="56" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A56" s="21" t="s">
+        <v>498</v>
+      </c>
+      <c r="B56" s="14" t="s">
+        <v>532</v>
+      </c>
+      <c r="C56" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="D56" s="36">
+        <v>45649</v>
+      </c>
+      <c r="E56" s="37">
+        <v>200000</v>
+      </c>
+    </row>
+    <row r="57" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A57" s="21" t="s">
+        <v>499</v>
+      </c>
+      <c r="B57" s="35" t="s">
+        <v>531</v>
+      </c>
+      <c r="C57" s="24" t="s">
+        <v>375</v>
+      </c>
+      <c r="D57" s="36">
+        <v>45649</v>
+      </c>
+      <c r="E57" s="37">
+        <v>350000</v>
+      </c>
+    </row>
+    <row r="58" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A58" s="21" t="s">
+        <v>500</v>
+      </c>
+      <c r="B58" s="35" t="s">
+        <v>530</v>
+      </c>
+      <c r="C58" s="14" t="s">
+        <v>242</v>
+      </c>
+      <c r="D58" s="36">
+        <v>45631</v>
+      </c>
+      <c r="E58" s="37">
+        <v>156000</v>
+      </c>
+    </row>
+    <row r="59" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A59" s="21" t="s">
+        <v>501</v>
+      </c>
+      <c r="B59" s="14" t="s">
+        <v>528</v>
+      </c>
+      <c r="C59" s="9" t="s">
+        <v>529</v>
+      </c>
+      <c r="D59" s="36">
+        <v>45649</v>
+      </c>
+      <c r="E59" s="37">
+        <v>2960500</v>
+      </c>
+    </row>
+    <row r="60" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A60" s="21" t="s">
+        <v>502</v>
+      </c>
+      <c r="B60" s="14" t="s">
+        <v>527</v>
+      </c>
+      <c r="C60" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="D60" s="36">
+        <v>45637</v>
+      </c>
+      <c r="E60" s="37">
+        <v>450000</v>
+      </c>
+    </row>
+    <row r="61" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A61" s="21" t="s">
+        <v>503</v>
+      </c>
+      <c r="B61" s="14" t="s">
+        <v>526</v>
+      </c>
+      <c r="C61" s="9" t="s">
+        <v>453</v>
+      </c>
+      <c r="D61" s="36">
+        <v>45638</v>
+      </c>
+      <c r="E61" s="37">
+        <v>2700000</v>
+      </c>
+    </row>
+    <row r="62" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A62" s="21" t="s">
+        <v>504</v>
+      </c>
+      <c r="B62" s="14" t="s">
+        <v>524</v>
+      </c>
+      <c r="C62" s="9" t="s">
+        <v>525</v>
+      </c>
+      <c r="D62" s="36">
+        <v>45649</v>
+      </c>
+      <c r="E62" s="37">
+        <v>4562000</v>
+      </c>
+    </row>
+    <row r="63" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A63" s="21" t="s">
+        <v>505</v>
+      </c>
+      <c r="B63" s="9" t="s">
+        <v>522</v>
+      </c>
+      <c r="C63" s="9" t="s">
+        <v>523</v>
+      </c>
+      <c r="D63" s="36">
+        <v>45636</v>
+      </c>
+      <c r="E63" s="37">
+        <v>990000</v>
+      </c>
+    </row>
+    <row r="64" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A64" s="21" t="s">
+        <v>506</v>
+      </c>
+      <c r="B64" s="14" t="s">
+        <v>521</v>
+      </c>
+      <c r="C64" s="14" t="s">
+        <v>237</v>
+      </c>
+      <c r="D64" s="36">
+        <v>45631</v>
+      </c>
+      <c r="E64" s="37">
+        <v>990000</v>
+      </c>
+    </row>
+    <row r="65" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A65" s="21" t="s">
+        <v>507</v>
+      </c>
+      <c r="B65" s="9" t="s">
+        <v>520</v>
+      </c>
+      <c r="C65" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="D65" s="36">
+        <v>45628</v>
+      </c>
+      <c r="E65" s="37">
+        <v>386000</v>
+      </c>
+    </row>
+    <row r="66" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A66" s="21" t="s">
+        <v>508</v>
+      </c>
+      <c r="B66" s="9" t="s">
+        <v>519</v>
+      </c>
+      <c r="C66" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="D66" s="36">
+        <v>45630</v>
+      </c>
+      <c r="E66" s="37">
+        <v>245000</v>
+      </c>
+    </row>
+    <row r="67" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A67" s="21" t="s">
+        <v>509</v>
+      </c>
+      <c r="B67" s="9" t="s">
+        <v>517</v>
+      </c>
+      <c r="C67" s="9" t="s">
+        <v>518</v>
+      </c>
+      <c r="D67" s="36">
+        <v>45650</v>
+      </c>
+      <c r="E67" s="37">
+        <v>655200</v>
+      </c>
+    </row>
+    <row r="68" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A68" s="21" t="s">
+        <v>510</v>
+      </c>
+      <c r="B68" s="35" t="s">
+        <v>516</v>
+      </c>
+      <c r="C68" s="24" t="s">
+        <v>406</v>
+      </c>
+      <c r="D68" s="36">
+        <v>45646</v>
+      </c>
+      <c r="E68" s="37">
+        <v>666000</v>
+      </c>
+    </row>
+    <row r="69" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A69" s="21" t="s">
+        <v>511</v>
+      </c>
+      <c r="B69" s="35" t="s">
+        <v>513</v>
+      </c>
+      <c r="C69" s="9" t="s">
+        <v>515</v>
+      </c>
+      <c r="D69" s="36">
+        <v>45644</v>
+      </c>
+      <c r="E69" s="37">
+        <v>321867</v>
+      </c>
+    </row>
+    <row r="70" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A70" s="21" t="s">
+        <v>512</v>
+      </c>
+      <c r="B70" s="18" t="s">
+        <v>514</v>
+      </c>
+      <c r="C70" s="24" t="s">
+        <v>406</v>
+      </c>
+      <c r="D70" s="36">
+        <v>45590</v>
+      </c>
+      <c r="E70" s="37">
+        <v>7403970</v>
+      </c>
+    </row>
+    <row r="71" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A71" s="21" t="s">
+        <v>464</v>
+      </c>
+      <c r="B71" s="35" t="s">
+        <v>482</v>
+      </c>
+      <c r="C71" s="9" t="s">
+        <v>163</v>
+      </c>
+      <c r="D71" s="16">
+        <v>45576</v>
+      </c>
+      <c r="E71" s="37">
+        <v>965000</v>
+      </c>
+    </row>
+    <row r="72" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A72" s="21" t="s">
         <v>547</v>
       </c>
-      <c r="B45" s="37">
+      <c r="B72" s="35" t="s">
+        <v>548</v>
+      </c>
+      <c r="C72" s="35" t="s">
+        <v>485</v>
+      </c>
+      <c r="D72" s="16">
+        <v>45729</v>
+      </c>
+      <c r="E72" s="37">
         <v>3966562</v>
       </c>
-      <c r="C45" s="35" t="s">
-[...5 lines deleted...]
-      <c r="E45" s="35" t="s">
+    </row>
+    <row r="73" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A73" s="33" t="s">
+        <v>484</v>
+      </c>
+      <c r="B73" s="35" t="s">
+        <v>483</v>
+      </c>
+      <c r="C73" s="35" t="s">
         <v>485</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B46" s="37">
+      <c r="D73" s="16">
+        <v>45650</v>
+      </c>
+      <c r="E73" s="37">
         <v>4350000</v>
       </c>
-      <c r="C46" s="35" t="s">
-[...10 lines deleted...]
-      <c r="A47" s="21" t="s">
+    </row>
+    <row r="74" spans="1:5" s="15" customFormat="1" ht="58.8" customHeight="1">
+      <c r="A74" s="21" t="s">
         <v>465</v>
       </c>
-      <c r="B47" s="37">
+      <c r="B74" s="35" t="s">
+        <v>480</v>
+      </c>
+      <c r="C74" s="35" t="s">
+        <v>481</v>
+      </c>
+      <c r="D74" s="16">
+        <v>45559</v>
+      </c>
+      <c r="E74" s="37">
         <v>217053</v>
       </c>
-      <c r="C47" s="35" t="s">
-[...10 lines deleted...]
-      <c r="A48" s="21" t="s">
+    </row>
+    <row r="75" spans="1:5" s="15" customFormat="1" ht="39" customHeight="1">
+      <c r="A75" s="21" t="s">
         <v>466</v>
       </c>
-      <c r="B48" s="37">
+      <c r="B75" s="35" t="s">
+        <v>478</v>
+      </c>
+      <c r="C75" s="35" t="s">
+        <v>479</v>
+      </c>
+      <c r="D75" s="16">
+        <v>45586</v>
+      </c>
+      <c r="E75" s="37">
         <v>590000</v>
       </c>
-      <c r="C48" s="35" t="s">
-[...10 lines deleted...]
-      <c r="A49" s="21" t="s">
+    </row>
+    <row r="76" spans="1:5" s="15" customFormat="1" ht="55.8" customHeight="1">
+      <c r="A76" s="21" t="s">
         <v>467</v>
       </c>
-      <c r="B49" s="37">
+      <c r="B76" s="35" t="s">
+        <v>476</v>
+      </c>
+      <c r="C76" s="35" t="s">
+        <v>477</v>
+      </c>
+      <c r="D76" s="16">
+        <v>45562</v>
+      </c>
+      <c r="E76" s="37">
         <v>1628000</v>
       </c>
-      <c r="C49" s="35" t="s">
-[...10 lines deleted...]
-      <c r="A50" s="21" t="s">
+    </row>
+    <row r="77" spans="1:5" s="15" customFormat="1" ht="42" customHeight="1">
+      <c r="A77" s="21" t="s">
         <v>468</v>
       </c>
-      <c r="B50" s="37">
+      <c r="B77" s="35" t="s">
+        <v>474</v>
+      </c>
+      <c r="C77" s="35" t="s">
+        <v>475</v>
+      </c>
+      <c r="D77" s="16">
+        <v>45531</v>
+      </c>
+      <c r="E77" s="37">
         <v>242000</v>
       </c>
-      <c r="C50" s="35" t="s">
-[...10 lines deleted...]
-      <c r="A51" s="21" t="s">
+    </row>
+    <row r="78" spans="1:5" s="15" customFormat="1" ht="56.4" customHeight="1">
+      <c r="A78" s="21" t="s">
         <v>469</v>
       </c>
-      <c r="B51" s="37">
+      <c r="B78" s="35" t="s">
+        <v>472</v>
+      </c>
+      <c r="C78" s="35" t="s">
+        <v>473</v>
+      </c>
+      <c r="D78" s="16">
+        <v>45533</v>
+      </c>
+      <c r="E78" s="37">
         <v>3950000</v>
       </c>
-      <c r="C51" s="35" t="s">
-[...10 lines deleted...]
-      <c r="A52" s="21" t="s">
+    </row>
+    <row r="79" spans="1:5" s="15" customFormat="1" ht="33.6" customHeight="1">
+      <c r="A79" s="21" t="s">
         <v>470</v>
       </c>
-      <c r="B52" s="37">
+      <c r="B79" s="8" t="s">
+        <v>471</v>
+      </c>
+      <c r="C79" s="9" t="s">
+        <v>163</v>
+      </c>
+      <c r="D79" s="16">
+        <v>45477</v>
+      </c>
+      <c r="E79" s="37">
         <v>2959000</v>
       </c>
-      <c r="C52" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A53" s="21" t="s">
+    </row>
+    <row r="80" spans="1:5" s="15" customFormat="1" ht="66.599999999999994" customHeight="1">
+      <c r="A80" s="21" t="s">
         <v>448</v>
       </c>
-      <c r="B53" s="37">
+      <c r="B80" s="35" t="s">
+        <v>454</v>
+      </c>
+      <c r="C80" s="35" t="s">
+        <v>453</v>
+      </c>
+      <c r="D80" s="16">
+        <v>45448</v>
+      </c>
+      <c r="E80" s="37">
         <v>2800000</v>
       </c>
-      <c r="C53" s="35" t="s">
-[...10 lines deleted...]
-      <c r="A54" s="21" t="s">
+    </row>
+    <row r="81" spans="1:5" s="15" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A81" s="21" t="s">
         <v>449</v>
       </c>
-      <c r="B54" s="37">
+      <c r="B81" s="35" t="s">
+        <v>455</v>
+      </c>
+      <c r="C81" s="35" t="s">
+        <v>463</v>
+      </c>
+      <c r="D81" s="16">
+        <v>45428</v>
+      </c>
+      <c r="E81" s="37">
         <v>470000</v>
       </c>
-      <c r="C54" s="35" t="s">
-[...10 lines deleted...]
-      <c r="A55" s="21" t="s">
+    </row>
+    <row r="82" spans="1:5" s="15" customFormat="1" ht="64.2" customHeight="1">
+      <c r="A82" s="21" t="s">
         <v>450</v>
       </c>
-      <c r="B55" s="37">
+      <c r="B82" s="35" t="s">
+        <v>456</v>
+      </c>
+      <c r="C82" s="35" t="s">
+        <v>462</v>
+      </c>
+      <c r="D82" s="16">
+        <v>45436</v>
+      </c>
+      <c r="E82" s="37">
         <v>890000</v>
       </c>
-      <c r="C55" s="35" t="s">
-[...10 lines deleted...]
-      <c r="A56" s="21" t="s">
+    </row>
+    <row r="83" spans="1:5" s="15" customFormat="1" ht="60" customHeight="1">
+      <c r="A83" s="21" t="s">
         <v>451</v>
       </c>
-      <c r="B56" s="37">
+      <c r="B83" s="35" t="s">
+        <v>457</v>
+      </c>
+      <c r="C83" s="35" t="s">
+        <v>460</v>
+      </c>
+      <c r="D83" s="16">
+        <v>45394</v>
+      </c>
+      <c r="E83" s="37">
         <v>14150000</v>
       </c>
-      <c r="C56" s="35" t="s">
-[...10 lines deleted...]
-      <c r="A57" s="21" t="s">
+    </row>
+    <row r="84" spans="1:5" s="15" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A84" s="21" t="s">
         <v>452</v>
       </c>
-      <c r="B57" s="37">
+      <c r="B84" s="35" t="s">
+        <v>458</v>
+      </c>
+      <c r="C84" s="35" t="s">
+        <v>459</v>
+      </c>
+      <c r="D84" s="16">
+        <v>45406</v>
+      </c>
+      <c r="E84" s="37">
         <v>3400000</v>
-      </c>
-[...466 lines deleted...]
-        <v>237</v>
       </c>
     </row>
     <row r="85" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A85" s="21" t="s">
-        <v>384</v>
-[...14 lines deleted...]
-    <row r="86" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+        <v>433</v>
+      </c>
+      <c r="B85" s="14" t="s">
+        <v>443</v>
+      </c>
+      <c r="C85" s="14" t="s">
+        <v>358</v>
+      </c>
+      <c r="D85" s="16">
+        <v>45385</v>
+      </c>
+      <c r="E85" s="37">
+        <v>1160000</v>
+      </c>
+    </row>
+    <row r="86" spans="1:5" s="1" customFormat="1" ht="64.2" customHeight="1">
       <c r="A86" s="21" t="s">
-        <v>381</v>
-[...11 lines deleted...]
-        <v>104</v>
+        <v>434</v>
+      </c>
+      <c r="B86" s="14" t="s">
+        <v>442</v>
+      </c>
+      <c r="C86" s="14" t="s">
+        <v>444</v>
+      </c>
+      <c r="D86" s="16">
+        <v>45385</v>
+      </c>
+      <c r="E86" s="37">
+        <v>1450000</v>
       </c>
     </row>
     <row r="87" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A87" s="21" t="s">
-        <v>382</v>
-[...11 lines deleted...]
-        <v>106</v>
+        <v>435</v>
+      </c>
+      <c r="B87" s="9" t="s">
+        <v>441</v>
+      </c>
+      <c r="C87" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="D87" s="16">
+        <v>45356</v>
+      </c>
+      <c r="E87" s="37">
+        <v>810000</v>
       </c>
     </row>
     <row r="88" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A88" s="21" t="s">
-        <v>383</v>
-[...11 lines deleted...]
-        <v>406</v>
+        <v>436</v>
+      </c>
+      <c r="B88" s="8" t="s">
+        <v>446</v>
+      </c>
+      <c r="C88" s="14" t="s">
+        <v>461</v>
+      </c>
+      <c r="D88" s="16">
+        <v>45338</v>
+      </c>
+      <c r="E88" s="37">
+        <v>536000</v>
       </c>
     </row>
     <row r="89" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A89" s="21" t="s">
-        <v>366</v>
-[...14 lines deleted...]
-    <row r="90" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+        <v>437</v>
+      </c>
+      <c r="B89" s="14" t="s">
+        <v>445</v>
+      </c>
+      <c r="C89" s="14" t="s">
+        <v>276</v>
+      </c>
+      <c r="D89" s="16">
+        <v>45385</v>
+      </c>
+      <c r="E89" s="38">
+        <v>680000</v>
+      </c>
+    </row>
+    <row r="90" spans="1:5" s="1" customFormat="1" ht="61.8" customHeight="1">
       <c r="A90" s="21" t="s">
-        <v>367</v>
-[...14 lines deleted...]
-    <row r="91" spans="1:5" s="1" customFormat="1" ht="58.2" customHeight="1">
+        <v>438</v>
+      </c>
+      <c r="B90" s="9" t="s">
+        <v>447</v>
+      </c>
+      <c r="C90" s="14" t="s">
+        <v>277</v>
+      </c>
+      <c r="D90" s="16">
+        <v>45343</v>
+      </c>
+      <c r="E90" s="37">
+        <v>1402500</v>
+      </c>
+    </row>
+    <row r="91" spans="1:5" s="1" customFormat="1" ht="61.2" customHeight="1">
       <c r="A91" s="21" t="s">
-        <v>368</v>
-[...14 lines deleted...]
-    <row r="92" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+        <v>439</v>
+      </c>
+      <c r="B91" s="9" t="s">
+        <v>440</v>
+      </c>
+      <c r="C91" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="D91" s="16">
+        <v>45343</v>
+      </c>
+      <c r="E91" s="37">
+        <v>970000</v>
+      </c>
+    </row>
+    <row r="92" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
       <c r="A92" s="21" t="s">
-        <v>369</v>
-[...5 lines deleted...]
-        <v>372</v>
+        <v>403</v>
+      </c>
+      <c r="B92" s="14" t="s">
+        <v>430</v>
+      </c>
+      <c r="C92" s="14" t="s">
+        <v>108</v>
       </c>
       <c r="D92" s="17">
-        <v>45128</v>
-[...5 lines deleted...]
-    <row r="93" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+        <v>45281</v>
+      </c>
+      <c r="E92" s="23">
+        <v>3190000</v>
+      </c>
+    </row>
+    <row r="93" spans="1:5" s="1" customFormat="1" ht="61.8" customHeight="1">
       <c r="A93" s="21" t="s">
-        <v>370</v>
-[...5 lines deleted...]
-        <v>371</v>
+        <v>404</v>
+      </c>
+      <c r="B93" s="14" t="s">
+        <v>429</v>
+      </c>
+      <c r="C93" s="14" t="s">
+        <v>100</v>
       </c>
       <c r="D93" s="17">
-        <v>45091</v>
-[...5 lines deleted...]
-    <row r="94" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+        <v>45281</v>
+      </c>
+      <c r="E93" s="23">
+        <v>2921000</v>
+      </c>
+    </row>
+    <row r="94" spans="1:5" s="1" customFormat="1" ht="64.8" customHeight="1">
       <c r="A94" s="21" t="s">
-        <v>349</v>
-[...5 lines deleted...]
-        <v>365</v>
+        <v>386</v>
+      </c>
+      <c r="B94" s="14" t="s">
+        <v>428</v>
+      </c>
+      <c r="C94" s="14" t="s">
+        <v>122</v>
       </c>
       <c r="D94" s="17">
-        <v>45057</v>
-[...2 lines deleted...]
-        <v>163</v>
+        <v>45280</v>
+      </c>
+      <c r="E94" s="23">
+        <v>2902000</v>
       </c>
     </row>
     <row r="95" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A95" s="21" t="s">
-        <v>350</v>
-[...5 lines deleted...]
-        <v>364</v>
+        <v>387</v>
+      </c>
+      <c r="B95" s="14" t="s">
+        <v>427</v>
+      </c>
+      <c r="C95" s="14" t="s">
+        <v>104</v>
       </c>
       <c r="D95" s="17">
-        <v>45037</v>
-[...2 lines deleted...]
-        <v>155</v>
+        <v>45281</v>
+      </c>
+      <c r="E95" s="23">
+        <v>333000</v>
       </c>
     </row>
     <row r="96" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A96" s="21" t="s">
-        <v>351</v>
-[...5 lines deleted...]
-        <v>363</v>
+        <v>388</v>
+      </c>
+      <c r="B96" s="14" t="s">
+        <v>426</v>
+      </c>
+      <c r="C96" s="14" t="s">
+        <v>130</v>
       </c>
       <c r="D96" s="17">
-        <v>45051</v>
-[...5 lines deleted...]
-    <row r="97" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+        <v>45273</v>
+      </c>
+      <c r="E96" s="23">
+        <v>188000</v>
+      </c>
+    </row>
+    <row r="97" spans="1:5" s="1" customFormat="1" ht="63.6" customHeight="1">
       <c r="A97" s="21" t="s">
-        <v>352</v>
-[...5 lines deleted...]
-        <v>362</v>
+        <v>389</v>
+      </c>
+      <c r="B97" s="9" t="s">
+        <v>425</v>
+      </c>
+      <c r="C97" s="14" t="s">
+        <v>130</v>
       </c>
       <c r="D97" s="17">
-        <v>45051</v>
-[...5 lines deleted...]
-    <row r="98" spans="1:5" s="1" customFormat="1" ht="63" customHeight="1">
+        <v>45273</v>
+      </c>
+      <c r="E97" s="23">
+        <v>475000</v>
+      </c>
+    </row>
+    <row r="98" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A98" s="21" t="s">
-        <v>353</v>
-[...5 lines deleted...]
-        <v>360</v>
+        <v>390</v>
+      </c>
+      <c r="B98" s="14" t="s">
+        <v>423</v>
+      </c>
+      <c r="C98" s="24" t="s">
+        <v>424</v>
       </c>
       <c r="D98" s="17">
-        <v>45057</v>
-[...2 lines deleted...]
-        <v>361</v>
+        <v>45280</v>
+      </c>
+      <c r="E98" s="23">
+        <v>4080718</v>
       </c>
     </row>
     <row r="99" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A99" s="21" t="s">
-        <v>354</v>
-[...5 lines deleted...]
-        <v>359</v>
+        <v>391</v>
+      </c>
+      <c r="B99" s="14" t="s">
+        <v>422</v>
+      </c>
+      <c r="C99" s="14" t="s">
+        <v>130</v>
       </c>
       <c r="D99" s="17">
-        <v>45057</v>
-[...2 lines deleted...]
-        <v>358</v>
+        <v>45268</v>
+      </c>
+      <c r="E99" s="23">
+        <v>425000</v>
       </c>
     </row>
     <row r="100" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A100" s="21" t="s">
-        <v>355</v>
-[...5 lines deleted...]
-        <v>356</v>
+        <v>392</v>
+      </c>
+      <c r="B100" s="14" t="s">
+        <v>421</v>
+      </c>
+      <c r="C100" s="14" t="s">
+        <v>100</v>
       </c>
       <c r="D100" s="17">
-        <v>45036</v>
-[...5 lines deleted...]
-    <row r="101" spans="1:5" s="1" customFormat="1" ht="62.4" customHeight="1">
+        <v>45273</v>
+      </c>
+      <c r="E100" s="23">
+        <v>1315000</v>
+      </c>
+    </row>
+    <row r="101" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A101" s="21" t="s">
-        <v>341</v>
-[...5 lines deleted...]
-        <v>347</v>
+        <v>393</v>
+      </c>
+      <c r="B101" s="9" t="s">
+        <v>420</v>
+      </c>
+      <c r="C101" s="14" t="s">
+        <v>135</v>
       </c>
       <c r="D101" s="17">
-        <v>45007</v>
-[...5 lines deleted...]
-    <row r="102" spans="1:5" s="1" customFormat="1" ht="58.8" customHeight="1">
+        <v>45278</v>
+      </c>
+      <c r="E101" s="23">
+        <v>745000</v>
+      </c>
+    </row>
+    <row r="102" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A102" s="21" t="s">
-        <v>342</v>
-[...5 lines deleted...]
-        <v>348</v>
+        <v>394</v>
+      </c>
+      <c r="B102" s="14" t="s">
+        <v>419</v>
+      </c>
+      <c r="C102" s="14" t="s">
+        <v>242</v>
       </c>
       <c r="D102" s="17">
-        <v>45014</v>
-[...1 lines deleted...]
-      <c r="E102" s="9" t="s">
+        <v>45278</v>
+      </c>
+      <c r="E102" s="23">
+        <v>315000</v>
+      </c>
+    </row>
+    <row r="103" spans="1:5" s="1" customFormat="1" ht="58.2" customHeight="1">
+      <c r="A103" s="21" t="s">
+        <v>395</v>
+      </c>
+      <c r="B103" s="24" t="s">
+        <v>418</v>
+      </c>
+      <c r="C103" s="9" t="s">
         <v>116</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      </c>
       <c r="D103" s="17">
-        <v>45014</v>
-[...5 lines deleted...]
-    <row r="104" spans="1:5" s="1" customFormat="1" ht="55.2" customHeight="1">
+        <v>45286</v>
+      </c>
+      <c r="E103" s="23">
+        <v>292000</v>
+      </c>
+    </row>
+    <row r="104" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A104" s="21" t="s">
-        <v>344</v>
-[...5 lines deleted...]
-        <v>345</v>
+        <v>396</v>
+      </c>
+      <c r="B104" s="14" t="s">
+        <v>416</v>
+      </c>
+      <c r="C104" s="24" t="s">
+        <v>417</v>
       </c>
       <c r="D104" s="17">
-        <v>44993</v>
-[...5 lines deleted...]
-    <row r="105" spans="1:5" s="1" customFormat="1" ht="56.4" customHeight="1">
+        <v>45268</v>
+      </c>
+      <c r="E104" s="23">
+        <v>4410000</v>
+      </c>
+    </row>
+    <row r="105" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A105" s="21" t="s">
-        <v>291</v>
-[...2 lines deleted...]
-        <v>145000</v>
+        <v>397</v>
+      </c>
+      <c r="B105" s="14" t="s">
+        <v>415</v>
       </c>
       <c r="C105" s="14" t="s">
-        <v>339</v>
+        <v>244</v>
       </c>
       <c r="D105" s="17">
-        <v>44923</v>
-[...5 lines deleted...]
-    <row r="106" spans="1:5" s="1" customFormat="1" ht="64.8" customHeight="1">
+        <v>45275</v>
+      </c>
+      <c r="E105" s="23">
+        <v>551000</v>
+      </c>
+    </row>
+    <row r="106" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A106" s="21" t="s">
-        <v>292</v>
-[...2 lines deleted...]
-        <v>320000</v>
+        <v>398</v>
+      </c>
+      <c r="B106" s="14" t="s">
+        <v>414</v>
       </c>
       <c r="C106" s="14" t="s">
-        <v>338</v>
+        <v>243</v>
       </c>
       <c r="D106" s="17">
-        <v>44918</v>
-[...5 lines deleted...]
-    <row r="107" spans="1:5" s="1" customFormat="1" ht="70.2" customHeight="1">
+        <v>45266</v>
+      </c>
+      <c r="E106" s="23">
+        <v>271944</v>
+      </c>
+    </row>
+    <row r="107" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A107" s="21" t="s">
-        <v>293</v>
-[...5 lines deleted...]
-        <v>337</v>
+        <v>399</v>
+      </c>
+      <c r="B107" s="9" t="s">
+        <v>413</v>
+      </c>
+      <c r="C107" s="9" t="s">
+        <v>140</v>
       </c>
       <c r="D107" s="17">
-        <v>44918</v>
-[...5 lines deleted...]
-    <row r="108" spans="1:5" s="1" customFormat="1" ht="45" customHeight="1">
+        <v>45280</v>
+      </c>
+      <c r="E107" s="23">
+        <v>990000</v>
+      </c>
+    </row>
+    <row r="108" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A108" s="21" t="s">
-        <v>294</v>
-[...5 lines deleted...]
-        <v>340</v>
+        <v>400</v>
+      </c>
+      <c r="B108" s="14" t="s">
+        <v>412</v>
+      </c>
+      <c r="C108" s="14" t="s">
+        <v>130</v>
       </c>
       <c r="D108" s="17">
-        <v>44917</v>
-[...5 lines deleted...]
-    <row r="109" spans="1:5" s="1" customFormat="1" ht="55.8" customHeight="1">
+        <v>45261</v>
+      </c>
+      <c r="E108" s="23">
+        <v>195000</v>
+      </c>
+    </row>
+    <row r="109" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A109" s="21" t="s">
-        <v>295</v>
-[...5 lines deleted...]
-        <v>335</v>
+        <v>401</v>
+      </c>
+      <c r="B109" s="9" t="s">
+        <v>411</v>
+      </c>
+      <c r="C109" s="9" t="s">
+        <v>113</v>
       </c>
       <c r="D109" s="17">
-        <v>44916</v>
-[...5 lines deleted...]
-    <row r="110" spans="1:5" s="1" customFormat="1" ht="58.2" customHeight="1">
+        <v>45261</v>
+      </c>
+      <c r="E109" s="23">
+        <v>235000</v>
+      </c>
+    </row>
+    <row r="110" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A110" s="21" t="s">
-        <v>296</v>
-[...2 lines deleted...]
-        <v>496000</v>
+        <v>402</v>
+      </c>
+      <c r="B110" s="25" t="s">
+        <v>432</v>
       </c>
       <c r="C110" s="9" t="s">
-        <v>334</v>
+        <v>127</v>
       </c>
       <c r="D110" s="17">
-        <v>44916</v>
-[...2 lines deleted...]
-        <v>130</v>
+        <v>45266</v>
+      </c>
+      <c r="E110" s="23">
+        <v>4883970</v>
       </c>
     </row>
     <row r="111" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A111" s="21" t="s">
-        <v>297</v>
-[...2 lines deleted...]
-        <v>450000</v>
+        <v>385</v>
+      </c>
+      <c r="B111" s="14" t="s">
+        <v>410</v>
       </c>
       <c r="C111" s="14" t="s">
-        <v>333</v>
+        <v>237</v>
       </c>
       <c r="D111" s="17">
-        <v>44916</v>
-[...5 lines deleted...]
-    <row r="112" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+        <v>45268</v>
+      </c>
+      <c r="E111" s="23">
+        <v>990000</v>
+      </c>
+    </row>
+    <row r="112" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A112" s="21" t="s">
-        <v>298</v>
-[...5 lines deleted...]
-        <v>332</v>
+        <v>384</v>
+      </c>
+      <c r="B112" s="9" t="s">
+        <v>408</v>
+      </c>
+      <c r="C112" s="25" t="s">
+        <v>409</v>
       </c>
       <c r="D112" s="17">
-        <v>44896</v>
-[...5 lines deleted...]
-    <row r="113" spans="1:5" s="1" customFormat="1" ht="60.6" customHeight="1">
+        <v>45265</v>
+      </c>
+      <c r="E112" s="23">
+        <v>655200</v>
+      </c>
+    </row>
+    <row r="113" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A113" s="21" t="s">
-        <v>299</v>
-[...2 lines deleted...]
-        <v>3300000</v>
+        <v>381</v>
+      </c>
+      <c r="B113" s="25" t="s">
+        <v>431</v>
       </c>
       <c r="C113" s="14" t="s">
-        <v>331</v>
+        <v>104</v>
       </c>
       <c r="D113" s="17">
-        <v>44918</v>
-[...2 lines deleted...]
-        <v>108</v>
+        <v>45275</v>
+      </c>
+      <c r="E113" s="23">
+        <v>920000</v>
       </c>
     </row>
     <row r="114" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A114" s="21" t="s">
-        <v>300</v>
-[...5 lines deleted...]
-        <v>330</v>
+        <v>382</v>
+      </c>
+      <c r="B114" s="24" t="s">
+        <v>407</v>
+      </c>
+      <c r="C114" s="9" t="s">
+        <v>106</v>
       </c>
       <c r="D114" s="17">
-        <v>44901</v>
-[...2 lines deleted...]
-        <v>244</v>
+        <v>45217</v>
+      </c>
+      <c r="E114" s="23">
+        <v>1400000</v>
       </c>
     </row>
     <row r="115" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A115" s="21" t="s">
-        <v>301</v>
-[...5 lines deleted...]
-        <v>329</v>
+        <v>383</v>
+      </c>
+      <c r="B115" s="18" t="s">
+        <v>405</v>
+      </c>
+      <c r="C115" s="24" t="s">
+        <v>406</v>
       </c>
       <c r="D115" s="17">
-        <v>44896</v>
-[...5 lines deleted...]
-    <row r="116" spans="1:5" s="1" customFormat="1" ht="54" customHeight="1">
+        <v>45226</v>
+      </c>
+      <c r="E115" s="23">
+        <v>7287000</v>
+      </c>
+    </row>
+    <row r="116" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A116" s="21" t="s">
-        <v>302</v>
-[...5 lines deleted...]
-        <v>328</v>
+        <v>366</v>
+      </c>
+      <c r="B116" s="24" t="s">
+        <v>379</v>
+      </c>
+      <c r="C116" s="24" t="s">
+        <v>380</v>
       </c>
       <c r="D116" s="17">
-        <v>44918</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>45174</v>
+      </c>
+      <c r="E116" s="23">
+        <v>705000</v>
       </c>
     </row>
     <row r="117" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A117" s="21" t="s">
-        <v>303</v>
-[...5 lines deleted...]
-        <v>327</v>
+        <v>367</v>
+      </c>
+      <c r="B117" s="24" t="s">
+        <v>374</v>
+      </c>
+      <c r="C117" s="24" t="s">
+        <v>378</v>
       </c>
       <c r="D117" s="17">
-        <v>44909</v>
-[...5 lines deleted...]
-    <row r="118" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+        <v>45147</v>
+      </c>
+      <c r="E117" s="23">
+        <v>1450000</v>
+      </c>
+    </row>
+    <row r="118" spans="1:5" s="1" customFormat="1" ht="58.2" customHeight="1">
       <c r="A118" s="21" t="s">
-        <v>304</v>
-[...5 lines deleted...]
-        <v>325</v>
+        <v>368</v>
+      </c>
+      <c r="B118" s="24" t="s">
+        <v>373</v>
+      </c>
+      <c r="C118" s="24" t="s">
+        <v>377</v>
       </c>
       <c r="D118" s="17">
-        <v>44909</v>
-[...2 lines deleted...]
-        <v>326</v>
+        <v>45120</v>
+      </c>
+      <c r="E118" s="23">
+        <v>6000000</v>
       </c>
     </row>
     <row r="119" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A119" s="21" t="s">
-        <v>305</v>
-[...5 lines deleted...]
-        <v>324</v>
+        <v>369</v>
+      </c>
+      <c r="B119" s="24" t="s">
+        <v>372</v>
+      </c>
+      <c r="C119" s="24" t="s">
+        <v>376</v>
       </c>
       <c r="D119" s="17">
-        <v>44911</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>45128</v>
+      </c>
+      <c r="E119" s="23">
+        <v>965000</v>
       </c>
     </row>
     <row r="120" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A120" s="21" t="s">
-        <v>306</v>
-[...5 lines deleted...]
-        <v>323</v>
+        <v>370</v>
+      </c>
+      <c r="B120" s="24" t="s">
+        <v>371</v>
+      </c>
+      <c r="C120" s="24" t="s">
+        <v>375</v>
       </c>
       <c r="D120" s="17">
-        <v>44911</v>
-[...2 lines deleted...]
-        <v>135</v>
+        <v>45091</v>
+      </c>
+      <c r="E120" s="23">
+        <v>1450000</v>
       </c>
     </row>
     <row r="121" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A121" s="21" t="s">
-        <v>307</v>
-[...5 lines deleted...]
-        <v>322</v>
+        <v>349</v>
+      </c>
+      <c r="B121" s="8" t="s">
+        <v>365</v>
+      </c>
+      <c r="C121" s="9" t="s">
+        <v>163</v>
       </c>
       <c r="D121" s="17">
-        <v>44918</v>
-[...2 lines deleted...]
-        <v>100</v>
+        <v>45057</v>
+      </c>
+      <c r="E121" s="23">
+        <v>2950000</v>
       </c>
     </row>
     <row r="122" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A122" s="21" t="s">
-        <v>308</v>
-[...2 lines deleted...]
-        <v>630000</v>
+        <v>350</v>
+      </c>
+      <c r="B122" s="9" t="s">
+        <v>364</v>
       </c>
       <c r="C122" s="9" t="s">
-        <v>321</v>
+        <v>155</v>
       </c>
       <c r="D122" s="17">
-        <v>44909</v>
-[...2 lines deleted...]
-        <v>145</v>
+        <v>45037</v>
+      </c>
+      <c r="E122" s="23">
+        <v>470000</v>
       </c>
     </row>
     <row r="123" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A123" s="21" t="s">
-        <v>309</v>
-[...5 lines deleted...]
-        <v>320</v>
+        <v>351</v>
+      </c>
+      <c r="B123" s="9" t="s">
+        <v>363</v>
+      </c>
+      <c r="C123" s="9" t="s">
+        <v>170</v>
       </c>
       <c r="D123" s="17">
-        <v>44902</v>
-[...2 lines deleted...]
-        <v>106</v>
+        <v>45051</v>
+      </c>
+      <c r="E123" s="23">
+        <v>8170000</v>
       </c>
     </row>
     <row r="124" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A124" s="21" t="s">
-        <v>310</v>
-[...5 lines deleted...]
-        <v>319</v>
+        <v>352</v>
+      </c>
+      <c r="B124" s="9" t="s">
+        <v>362</v>
+      </c>
+      <c r="C124" s="14" t="s">
+        <v>163</v>
       </c>
       <c r="D124" s="17">
-        <v>44896</v>
-[...5 lines deleted...]
-    <row r="125" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+        <v>45051</v>
+      </c>
+      <c r="E124" s="23">
+        <v>3015000</v>
+      </c>
+    </row>
+    <row r="125" spans="1:5" s="1" customFormat="1" ht="63" customHeight="1">
       <c r="A125" s="21" t="s">
-        <v>311</v>
-[...2 lines deleted...]
-        <v>990000</v>
+        <v>353</v>
+      </c>
+      <c r="B125" s="9" t="s">
+        <v>360</v>
       </c>
       <c r="C125" s="14" t="s">
-        <v>318</v>
+        <v>361</v>
       </c>
       <c r="D125" s="17">
-        <v>44897</v>
-[...2 lines deleted...]
-        <v>237</v>
+        <v>45057</v>
+      </c>
+      <c r="E125" s="23">
+        <v>1025000</v>
       </c>
     </row>
     <row r="126" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A126" s="21" t="s">
-        <v>312</v>
-[...5 lines deleted...]
-        <v>317</v>
+        <v>354</v>
+      </c>
+      <c r="B126" s="9" t="s">
+        <v>359</v>
+      </c>
+      <c r="C126" s="14" t="s">
+        <v>358</v>
       </c>
       <c r="D126" s="17">
-        <v>44896</v>
-[...2 lines deleted...]
-        <v>90</v>
+        <v>45057</v>
+      </c>
+      <c r="E126" s="23">
+        <v>960000</v>
       </c>
     </row>
     <row r="127" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A127" s="21" t="s">
+        <v>355</v>
+      </c>
+      <c r="B127" s="9" t="s">
+        <v>356</v>
+      </c>
+      <c r="C127" s="14" t="s">
+        <v>357</v>
+      </c>
+      <c r="D127" s="17">
+        <v>45036</v>
+      </c>
+      <c r="E127" s="23">
+        <v>7000000</v>
+      </c>
+    </row>
+    <row r="128" spans="1:5" s="1" customFormat="1" ht="62.4" customHeight="1">
+      <c r="A128" s="21" t="s">
+        <v>341</v>
+      </c>
+      <c r="B128" s="9" t="s">
+        <v>347</v>
+      </c>
+      <c r="C128" s="14" t="s">
+        <v>277</v>
+      </c>
+      <c r="D128" s="17">
+        <v>45007</v>
+      </c>
+      <c r="E128" s="23">
+        <v>937700</v>
+      </c>
+    </row>
+    <row r="129" spans="1:5" s="1" customFormat="1" ht="58.8" customHeight="1">
+      <c r="A129" s="21" t="s">
+        <v>342</v>
+      </c>
+      <c r="B129" s="24" t="s">
+        <v>348</v>
+      </c>
+      <c r="C129" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="D129" s="17">
+        <v>45014</v>
+      </c>
+      <c r="E129" s="23">
+        <v>297000</v>
+      </c>
+    </row>
+    <row r="130" spans="1:5" s="1" customFormat="1" ht="54.6" customHeight="1">
+      <c r="A130" s="21" t="s">
+        <v>343</v>
+      </c>
+      <c r="B130" s="8" t="s">
+        <v>346</v>
+      </c>
+      <c r="C130" s="9" t="s">
+        <v>261</v>
+      </c>
+      <c r="D130" s="17">
+        <v>45014</v>
+      </c>
+      <c r="E130" s="23">
+        <v>550000</v>
+      </c>
+    </row>
+    <row r="131" spans="1:5" s="1" customFormat="1" ht="55.2" customHeight="1">
+      <c r="A131" s="21" t="s">
+        <v>344</v>
+      </c>
+      <c r="B131" s="9" t="s">
+        <v>345</v>
+      </c>
+      <c r="C131" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="D131" s="17">
+        <v>44993</v>
+      </c>
+      <c r="E131" s="22">
+        <v>1460000</v>
+      </c>
+    </row>
+    <row r="132" spans="1:5" s="1" customFormat="1" ht="56.4" customHeight="1">
+      <c r="A132" s="21" t="s">
+        <v>291</v>
+      </c>
+      <c r="B132" s="14" t="s">
+        <v>339</v>
+      </c>
+      <c r="C132" s="14" t="s">
+        <v>102</v>
+      </c>
+      <c r="D132" s="17">
+        <v>44923</v>
+      </c>
+      <c r="E132" s="22">
+        <v>145000</v>
+      </c>
+    </row>
+    <row r="133" spans="1:5" s="1" customFormat="1" ht="64.8" customHeight="1">
+      <c r="A133" s="21" t="s">
+        <v>292</v>
+      </c>
+      <c r="B133" s="14" t="s">
+        <v>338</v>
+      </c>
+      <c r="C133" s="14" t="s">
+        <v>104</v>
+      </c>
+      <c r="D133" s="17">
+        <v>44918</v>
+      </c>
+      <c r="E133" s="22">
+        <v>320000</v>
+      </c>
+    </row>
+    <row r="134" spans="1:5" s="1" customFormat="1" ht="70.2" customHeight="1">
+      <c r="A134" s="21" t="s">
+        <v>293</v>
+      </c>
+      <c r="B134" s="14" t="s">
+        <v>337</v>
+      </c>
+      <c r="C134" s="14" t="s">
+        <v>122</v>
+      </c>
+      <c r="D134" s="17">
+        <v>44918</v>
+      </c>
+      <c r="E134" s="22">
+        <v>2951000</v>
+      </c>
+    </row>
+    <row r="135" spans="1:5" s="1" customFormat="1" ht="45" customHeight="1">
+      <c r="A135" s="21" t="s">
+        <v>294</v>
+      </c>
+      <c r="B135" s="18" t="s">
+        <v>340</v>
+      </c>
+      <c r="C135" s="19" t="s">
+        <v>336</v>
+      </c>
+      <c r="D135" s="17">
+        <v>44917</v>
+      </c>
+      <c r="E135" s="22">
+        <v>852054</v>
+      </c>
+    </row>
+    <row r="136" spans="1:5" s="1" customFormat="1" ht="55.8" customHeight="1">
+      <c r="A136" s="21" t="s">
+        <v>295</v>
+      </c>
+      <c r="B136" s="14" t="s">
+        <v>335</v>
+      </c>
+      <c r="C136" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="D136" s="17">
+        <v>44916</v>
+      </c>
+      <c r="E136" s="22">
+        <v>450000</v>
+      </c>
+    </row>
+    <row r="137" spans="1:5" s="1" customFormat="1" ht="58.2" customHeight="1">
+      <c r="A137" s="21" t="s">
+        <v>296</v>
+      </c>
+      <c r="B137" s="9" t="s">
+        <v>334</v>
+      </c>
+      <c r="C137" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="D137" s="17">
+        <v>44916</v>
+      </c>
+      <c r="E137" s="22">
+        <v>496000</v>
+      </c>
+    </row>
+    <row r="138" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A138" s="21" t="s">
+        <v>297</v>
+      </c>
+      <c r="B138" s="14" t="s">
+        <v>333</v>
+      </c>
+      <c r="C138" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="D138" s="17">
+        <v>44916</v>
+      </c>
+      <c r="E138" s="22">
+        <v>450000</v>
+      </c>
+    </row>
+    <row r="139" spans="1:5" s="1" customFormat="1" ht="57" customHeight="1">
+      <c r="A139" s="21" t="s">
+        <v>298</v>
+      </c>
+      <c r="B139" s="14" t="s">
+        <v>332</v>
+      </c>
+      <c r="C139" s="14" t="s">
+        <v>242</v>
+      </c>
+      <c r="D139" s="17">
+        <v>44896</v>
+      </c>
+      <c r="E139" s="22">
+        <v>142000</v>
+      </c>
+    </row>
+    <row r="140" spans="1:5" s="1" customFormat="1" ht="60.6" customHeight="1">
+      <c r="A140" s="21" t="s">
+        <v>299</v>
+      </c>
+      <c r="B140" s="14" t="s">
+        <v>331</v>
+      </c>
+      <c r="C140" s="14" t="s">
+        <v>108</v>
+      </c>
+      <c r="D140" s="17">
+        <v>44918</v>
+      </c>
+      <c r="E140" s="22">
+        <v>3300000</v>
+      </c>
+    </row>
+    <row r="141" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A141" s="21" t="s">
+        <v>300</v>
+      </c>
+      <c r="B141" s="14" t="s">
+        <v>330</v>
+      </c>
+      <c r="C141" s="14" t="s">
+        <v>244</v>
+      </c>
+      <c r="D141" s="17">
+        <v>44901</v>
+      </c>
+      <c r="E141" s="22">
+        <v>476374</v>
+      </c>
+    </row>
+    <row r="142" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A142" s="21" t="s">
+        <v>301</v>
+      </c>
+      <c r="B142" s="14" t="s">
+        <v>329</v>
+      </c>
+      <c r="C142" s="14" t="s">
+        <v>243</v>
+      </c>
+      <c r="D142" s="17">
+        <v>44896</v>
+      </c>
+      <c r="E142" s="22">
+        <v>281088</v>
+      </c>
+    </row>
+    <row r="143" spans="1:5" s="1" customFormat="1" ht="54" customHeight="1">
+      <c r="A143" s="21" t="s">
+        <v>302</v>
+      </c>
+      <c r="B143" s="14" t="s">
+        <v>328</v>
+      </c>
+      <c r="C143" s="14" t="s">
+        <v>100</v>
+      </c>
+      <c r="D143" s="17">
+        <v>44918</v>
+      </c>
+      <c r="E143" s="22">
+        <v>3300000</v>
+      </c>
+    </row>
+    <row r="144" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A144" s="21" t="s">
+        <v>303</v>
+      </c>
+      <c r="B144" s="14" t="s">
+        <v>327</v>
+      </c>
+      <c r="C144" s="14" t="s">
+        <v>228</v>
+      </c>
+      <c r="D144" s="17">
+        <v>44909</v>
+      </c>
+      <c r="E144" s="22">
+        <v>3698390</v>
+      </c>
+    </row>
+    <row r="145" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A145" s="21" t="s">
+        <v>304</v>
+      </c>
+      <c r="B145" s="14" t="s">
+        <v>325</v>
+      </c>
+      <c r="C145" s="19" t="s">
+        <v>326</v>
+      </c>
+      <c r="D145" s="17">
+        <v>44909</v>
+      </c>
+      <c r="E145" s="22">
+        <v>4434066</v>
+      </c>
+    </row>
+    <row r="146" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A146" s="21" t="s">
+        <v>305</v>
+      </c>
+      <c r="B146" s="9" t="s">
+        <v>324</v>
+      </c>
+      <c r="C146" s="9" t="s">
+        <v>140</v>
+      </c>
+      <c r="D146" s="17">
+        <v>44911</v>
+      </c>
+      <c r="E146" s="22">
+        <v>960000</v>
+      </c>
+    </row>
+    <row r="147" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A147" s="21" t="s">
+        <v>306</v>
+      </c>
+      <c r="B147" s="9" t="s">
+        <v>323</v>
+      </c>
+      <c r="C147" s="14" t="s">
+        <v>135</v>
+      </c>
+      <c r="D147" s="17">
+        <v>44911</v>
+      </c>
+      <c r="E147" s="22">
+        <v>750000</v>
+      </c>
+    </row>
+    <row r="148" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A148" s="21" t="s">
+        <v>307</v>
+      </c>
+      <c r="B148" s="14" t="s">
+        <v>322</v>
+      </c>
+      <c r="C148" s="14" t="s">
+        <v>100</v>
+      </c>
+      <c r="D148" s="17">
+        <v>44918</v>
+      </c>
+      <c r="E148" s="22">
+        <v>1350000</v>
+      </c>
+    </row>
+    <row r="149" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A149" s="21" t="s">
+        <v>308</v>
+      </c>
+      <c r="B149" s="9" t="s">
+        <v>321</v>
+      </c>
+      <c r="C149" s="14" t="s">
+        <v>145</v>
+      </c>
+      <c r="D149" s="17">
+        <v>44909</v>
+      </c>
+      <c r="E149" s="22">
+        <v>630000</v>
+      </c>
+    </row>
+    <row r="150" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A150" s="21" t="s">
+        <v>309</v>
+      </c>
+      <c r="B150" s="14" t="s">
+        <v>320</v>
+      </c>
+      <c r="C150" s="9" t="s">
+        <v>106</v>
+      </c>
+      <c r="D150" s="17">
+        <v>44902</v>
+      </c>
+      <c r="E150" s="22">
+        <v>4385000</v>
+      </c>
+    </row>
+    <row r="151" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A151" s="21" t="s">
+        <v>310</v>
+      </c>
+      <c r="B151" s="9" t="s">
+        <v>319</v>
+      </c>
+      <c r="C151" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="D151" s="17">
+        <v>44896</v>
+      </c>
+      <c r="E151" s="22">
+        <v>237500</v>
+      </c>
+    </row>
+    <row r="152" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A152" s="21" t="s">
+        <v>311</v>
+      </c>
+      <c r="B152" s="14" t="s">
+        <v>318</v>
+      </c>
+      <c r="C152" s="14" t="s">
+        <v>237</v>
+      </c>
+      <c r="D152" s="17">
+        <v>44897</v>
+      </c>
+      <c r="E152" s="22">
+        <v>990000</v>
+      </c>
+    </row>
+    <row r="153" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A153" s="21" t="s">
+        <v>312</v>
+      </c>
+      <c r="B153" s="9" t="s">
+        <v>317</v>
+      </c>
+      <c r="C153" s="9" t="s">
+        <v>90</v>
+      </c>
+      <c r="D153" s="17">
+        <v>44896</v>
+      </c>
+      <c r="E153" s="22">
+        <v>461000</v>
+      </c>
+    </row>
+    <row r="154" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A154" s="21" t="s">
         <v>313</v>
       </c>
-      <c r="B127" s="22">
+      <c r="B154" s="14" t="s">
+        <v>316</v>
+      </c>
+      <c r="C154" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="D154" s="17">
+        <v>44902</v>
+      </c>
+      <c r="E154" s="22">
         <v>123000</v>
       </c>
-      <c r="C127" s="14" t="s">
-[...10 lines deleted...]
-      <c r="A128" s="21" t="s">
+    </row>
+    <row r="155" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A155" s="21" t="s">
         <v>314</v>
       </c>
-      <c r="B128" s="22">
+      <c r="B155" s="14" t="s">
+        <v>315</v>
+      </c>
+      <c r="C155" s="9" t="s">
+        <v>119</v>
+      </c>
+      <c r="D155" s="17">
+        <v>44897</v>
+      </c>
+      <c r="E155" s="22">
         <v>200000</v>
       </c>
-      <c r="C128" s="14" t="s">
-[...2 lines deleted...]
-      <c r="D128" s="17">
+    </row>
+    <row r="156" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A156" s="13" t="s">
+        <v>287</v>
+      </c>
+      <c r="B156" s="18" t="s">
+        <v>290</v>
+      </c>
+      <c r="C156" s="19" t="s">
+        <v>289</v>
+      </c>
+      <c r="D156" s="27">
         <v>44897</v>
       </c>
-      <c r="E128" s="9" t="s">
-[...7 lines deleted...]
-      <c r="B129" s="12">
+      <c r="E156" s="12">
         <v>988000</v>
       </c>
-      <c r="C129" s="18" t="s">
-[...10 lines deleted...]
-      <c r="A130" s="13" t="s">
+    </row>
+    <row r="157" spans="1:5" s="1" customFormat="1" ht="64.8" customHeight="1">
+      <c r="A157" s="13" t="s">
         <v>286</v>
       </c>
-      <c r="B130" s="20">
+      <c r="B157" s="18" t="s">
+        <v>285</v>
+      </c>
+      <c r="C157" s="19" t="s">
+        <v>288</v>
+      </c>
+      <c r="D157" s="27">
+        <v>44869</v>
+      </c>
+      <c r="E157" s="20">
         <v>6699000</v>
       </c>
-      <c r="C130" s="18" t="s">
-[...10 lines deleted...]
-      <c r="A131" s="13" t="s">
+    </row>
+    <row r="158" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A158" s="13" t="s">
         <v>281</v>
       </c>
-      <c r="B131" s="12">
+      <c r="B158" s="18" t="s">
+        <v>282</v>
+      </c>
+      <c r="C158" s="19" t="s">
+        <v>284</v>
+      </c>
+      <c r="D158" s="27">
+        <v>44764</v>
+      </c>
+      <c r="E158" s="12">
         <v>3401000</v>
       </c>
-      <c r="C131" s="18" t="s">
-[...10 lines deleted...]
-      <c r="A132" s="13" t="s">
+    </row>
+    <row r="159" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A159" s="13" t="s">
         <v>268</v>
       </c>
-      <c r="B132" s="12">
+      <c r="B159" s="8" t="s">
+        <v>184</v>
+      </c>
+      <c r="C159" s="9" t="s">
+        <v>163</v>
+      </c>
+      <c r="D159" s="28">
+        <v>44713</v>
+      </c>
+      <c r="E159" s="12">
         <v>2950000</v>
       </c>
-      <c r="C132" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A133" s="13" t="s">
+    </row>
+    <row r="160" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A160" s="13" t="s">
         <v>279</v>
       </c>
-      <c r="B133" s="12">
+      <c r="B160" s="8" t="s">
+        <v>280</v>
+      </c>
+      <c r="C160" s="9" t="s">
+        <v>170</v>
+      </c>
+      <c r="D160" s="28">
+        <v>44748</v>
+      </c>
+      <c r="E160" s="12">
         <v>6350000</v>
       </c>
-      <c r="C133" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A134" s="7" t="s">
+    </row>
+    <row r="161" spans="1:5" s="1" customFormat="1" ht="52.8" customHeight="1">
+      <c r="A161" s="7" t="s">
         <v>263</v>
       </c>
-      <c r="B134" s="12">
+      <c r="B161" s="9" t="s">
+        <v>274</v>
+      </c>
+      <c r="C161" s="14" t="s">
+        <v>275</v>
+      </c>
+      <c r="D161" s="28">
+        <v>44692</v>
+      </c>
+      <c r="E161" s="12">
         <v>238250</v>
-      </c>
-[...466 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="162" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A162" s="13" t="s">
+        <v>264</v>
+      </c>
+      <c r="B162" s="9" t="s">
+        <v>283</v>
+      </c>
+      <c r="C162" s="9" t="s">
+        <v>155</v>
+      </c>
+      <c r="D162" s="28">
+        <v>44659</v>
+      </c>
+      <c r="E162" s="12">
+        <v>484000</v>
+      </c>
+    </row>
+    <row r="163" spans="1:5" s="39" customFormat="1" ht="52.8" customHeight="1">
+      <c r="A163" s="7" t="s">
+        <v>265</v>
+      </c>
+      <c r="B163" s="8" t="s">
+        <v>272</v>
+      </c>
+      <c r="C163" s="9" t="s">
+        <v>261</v>
+      </c>
+      <c r="D163" s="28">
+        <v>44678</v>
+      </c>
+      <c r="E163" s="12">
+        <v>529000</v>
+      </c>
+    </row>
+    <row r="164" spans="1:5" s="15" customFormat="1" ht="62.4" customHeight="1">
+      <c r="A164" s="13" t="s">
+        <v>266</v>
+      </c>
+      <c r="B164" s="9" t="s">
+        <v>270</v>
+      </c>
+      <c r="C164" s="14" t="s">
+        <v>276</v>
+      </c>
+      <c r="D164" s="28">
+        <v>44664</v>
+      </c>
+      <c r="E164" s="12">
+        <v>915000</v>
+      </c>
+    </row>
+    <row r="165" spans="1:5" s="15" customFormat="1" ht="70.8" customHeight="1">
+      <c r="A165" s="7" t="s">
+        <v>271</v>
+      </c>
+      <c r="B165" s="9" t="s">
+        <v>273</v>
+      </c>
+      <c r="C165" s="14" t="s">
+        <v>277</v>
+      </c>
+      <c r="D165" s="28">
+        <v>44651</v>
+      </c>
+      <c r="E165" s="12">
+        <v>1385000</v>
+      </c>
+    </row>
+    <row r="166" spans="1:5" s="15" customFormat="1" ht="58.8" customHeight="1">
+      <c r="A166" s="13" t="s">
+        <v>267</v>
+      </c>
+      <c r="B166" s="9" t="s">
+        <v>269</v>
+      </c>
+      <c r="C166" s="14" t="s">
+        <v>278</v>
+      </c>
+      <c r="D166" s="28">
+        <v>44643</v>
+      </c>
+      <c r="E166" s="12">
+        <v>359888</v>
+      </c>
+    </row>
+    <row r="167" spans="1:5" s="15" customFormat="1" ht="59.4" customHeight="1">
+      <c r="A167" s="7" t="s">
+        <v>257</v>
+      </c>
+      <c r="B167" s="9" t="s">
+        <v>258</v>
+      </c>
+      <c r="C167" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="D167" s="28">
+        <v>44624</v>
+      </c>
+      <c r="E167" s="8">
+        <v>950000</v>
+      </c>
+    </row>
+    <row r="168" spans="1:5" s="15" customFormat="1" ht="65.400000000000006" customHeight="1">
+      <c r="A168" s="13" t="s">
+        <v>185</v>
+      </c>
+      <c r="B168" s="14" t="s">
+        <v>211</v>
+      </c>
+      <c r="C168" s="14" t="s">
+        <v>210</v>
+      </c>
+      <c r="D168" s="16">
+        <v>44559</v>
+      </c>
+      <c r="E168" s="12">
+        <v>3300000</v>
+      </c>
+    </row>
+    <row r="169" spans="1:5" s="15" customFormat="1" ht="48" customHeight="1">
+      <c r="A169" s="13" t="s">
+        <v>186</v>
+      </c>
+      <c r="B169" s="14" t="s">
+        <v>213</v>
+      </c>
+      <c r="C169" s="14" t="s">
+        <v>214</v>
+      </c>
+      <c r="D169" s="16">
+        <v>44558</v>
+      </c>
+      <c r="E169" s="12">
+        <v>317000</v>
+      </c>
+    </row>
+    <row r="170" spans="1:5" s="15" customFormat="1" ht="50.4" customHeight="1">
+      <c r="A170" s="13" t="s">
+        <v>187</v>
+      </c>
+      <c r="B170" s="14" t="s">
+        <v>219</v>
+      </c>
+      <c r="C170" s="14" t="s">
+        <v>102</v>
+      </c>
+      <c r="D170" s="16">
+        <v>44552</v>
+      </c>
+      <c r="E170" s="12">
+        <v>146500</v>
+      </c>
+    </row>
+    <row r="171" spans="1:5" s="15" customFormat="1" ht="50.4" customHeight="1">
+      <c r="A171" s="13" t="s">
+        <v>188</v>
+      </c>
+      <c r="B171" s="14" t="s">
+        <v>218</v>
+      </c>
+      <c r="C171" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="D171" s="16">
+        <v>44539</v>
+      </c>
+      <c r="E171" s="12">
+        <v>413800</v>
+      </c>
+    </row>
+    <row r="172" spans="1:5" s="15" customFormat="1" ht="36.6" customHeight="1">
+      <c r="A172" s="13" t="s">
+        <v>189</v>
+      </c>
+      <c r="B172" s="14" t="s">
+        <v>221</v>
+      </c>
+      <c r="C172" s="14" t="s">
+        <v>100</v>
+      </c>
+      <c r="D172" s="16">
+        <v>44559</v>
+      </c>
+      <c r="E172" s="12">
+        <v>990000</v>
+      </c>
+    </row>
+    <row r="173" spans="1:5" s="15" customFormat="1" ht="63" customHeight="1">
+      <c r="A173" s="13" t="s">
+        <v>190</v>
+      </c>
+      <c r="B173" s="14" t="s">
+        <v>256</v>
+      </c>
+      <c r="C173" s="14" t="s">
+        <v>122</v>
+      </c>
+      <c r="D173" s="16">
+        <v>44559</v>
+      </c>
+      <c r="E173" s="12">
+        <v>3435000</v>
+      </c>
+    </row>
+    <row r="174" spans="1:5" s="15" customFormat="1" ht="40.799999999999997" customHeight="1">
+      <c r="A174" s="13" t="s">
+        <v>191</v>
+      </c>
+      <c r="B174" s="14" t="s">
+        <v>254</v>
+      </c>
+      <c r="C174" s="14" t="s">
+        <v>224</v>
+      </c>
+      <c r="D174" s="17">
+        <v>44559</v>
+      </c>
+      <c r="E174" s="12">
+        <v>3300000</v>
+      </c>
+    </row>
+    <row r="175" spans="1:5" s="15" customFormat="1" ht="57" customHeight="1">
+      <c r="A175" s="13" t="s">
+        <v>192</v>
+      </c>
+      <c r="B175" s="14" t="s">
+        <v>227</v>
+      </c>
+      <c r="C175" s="14" t="s">
+        <v>223</v>
+      </c>
+      <c r="D175" s="16">
+        <v>44538</v>
+      </c>
+      <c r="E175" s="12">
+        <v>3300000</v>
+      </c>
+    </row>
+    <row r="176" spans="1:5" s="15" customFormat="1" ht="34.799999999999997" customHeight="1">
+      <c r="A176" s="13" t="s">
+        <v>193</v>
+      </c>
+      <c r="B176" s="14" t="s">
+        <v>226</v>
+      </c>
+      <c r="C176" s="14" t="s">
+        <v>225</v>
+      </c>
+      <c r="D176" s="16">
+        <v>44552</v>
+      </c>
+      <c r="E176" s="12">
+        <v>3565983</v>
+      </c>
+    </row>
+    <row r="177" spans="1:5" s="15" customFormat="1" ht="37.799999999999997" customHeight="1">
+      <c r="A177" s="13" t="s">
+        <v>194</v>
+      </c>
+      <c r="B177" s="14" t="s">
+        <v>230</v>
+      </c>
+      <c r="C177" s="14" t="s">
+        <v>228</v>
+      </c>
+      <c r="D177" s="16">
+        <v>44540</v>
+      </c>
+      <c r="E177" s="12">
+        <v>3827977</v>
+      </c>
+    </row>
+    <row r="178" spans="1:5" s="15" customFormat="1" ht="39" customHeight="1">
+      <c r="A178" s="13" t="s">
+        <v>195</v>
+      </c>
+      <c r="B178" s="14" t="s">
+        <v>232</v>
+      </c>
+      <c r="C178" s="9" t="s">
+        <v>119</v>
+      </c>
+      <c r="D178" s="16">
+        <v>44532</v>
+      </c>
+      <c r="E178" s="12">
+        <v>185000</v>
+      </c>
+    </row>
+    <row r="179" spans="1:5" s="15" customFormat="1" ht="42.6" customHeight="1">
+      <c r="A179" s="13" t="s">
+        <v>196</v>
+      </c>
+      <c r="B179" s="14" t="s">
+        <v>234</v>
+      </c>
+      <c r="C179" s="9" t="s">
+        <v>106</v>
+      </c>
+      <c r="D179" s="16">
+        <v>44551</v>
+      </c>
+      <c r="E179" s="12">
+        <v>4193000</v>
+      </c>
+    </row>
+    <row r="180" spans="1:5" s="15" customFormat="1" ht="31.8" customHeight="1">
+      <c r="A180" s="13" t="s">
+        <v>197</v>
+      </c>
+      <c r="B180" s="14" t="s">
+        <v>236</v>
+      </c>
+      <c r="C180" s="14" t="s">
+        <v>237</v>
+      </c>
+      <c r="D180" s="16">
+        <v>44552</v>
+      </c>
+      <c r="E180" s="12">
+        <v>950000</v>
+      </c>
+    </row>
+    <row r="181" spans="1:5" s="15" customFormat="1" ht="45.6" customHeight="1">
+      <c r="A181" s="13" t="s">
+        <v>198</v>
+      </c>
+      <c r="B181" s="14" t="s">
+        <v>238</v>
+      </c>
+      <c r="C181" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="D181" s="16">
+        <v>44531</v>
+      </c>
+      <c r="E181" s="12">
+        <v>120000</v>
+      </c>
+    </row>
+    <row r="182" spans="1:5" s="15" customFormat="1" ht="47.4" customHeight="1">
+      <c r="A182" s="13" t="s">
+        <v>199</v>
+      </c>
+      <c r="B182" s="14" t="s">
+        <v>255</v>
+      </c>
+      <c r="C182" s="14" t="s">
+        <v>242</v>
+      </c>
+      <c r="D182" s="16">
+        <v>44538</v>
+      </c>
+      <c r="E182" s="12">
+        <v>143000</v>
+      </c>
+    </row>
+    <row r="183" spans="1:5" s="15" customFormat="1" ht="44.4" customHeight="1">
+      <c r="A183" s="13" t="s">
+        <v>200</v>
+      </c>
+      <c r="B183" s="9" t="s">
+        <v>239</v>
+      </c>
+      <c r="C183" s="9" t="s">
+        <v>90</v>
+      </c>
+      <c r="D183" s="16">
+        <v>44538</v>
+      </c>
+      <c r="E183" s="12">
+        <v>453000</v>
+      </c>
+    </row>
+    <row r="184" spans="1:5" s="15" customFormat="1" ht="57.6" customHeight="1">
+      <c r="A184" s="13" t="s">
+        <v>201</v>
+      </c>
+      <c r="B184" s="9" t="s">
+        <v>241</v>
+      </c>
+      <c r="C184" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="D184" s="16">
+        <v>44545</v>
+      </c>
+      <c r="E184" s="12">
+        <v>240000</v>
+      </c>
+    </row>
+    <row r="185" spans="1:5" s="15" customFormat="1" ht="39.6" customHeight="1">
+      <c r="A185" s="13" t="s">
+        <v>202</v>
+      </c>
+      <c r="B185" s="14" t="s">
+        <v>246</v>
+      </c>
+      <c r="C185" s="14" t="s">
+        <v>244</v>
+      </c>
+      <c r="D185" s="16">
+        <v>44530</v>
+      </c>
+      <c r="E185" s="12">
+        <v>451421</v>
+      </c>
+    </row>
+    <row r="186" spans="1:5" s="15" customFormat="1" ht="35.4" customHeight="1">
+      <c r="A186" s="13" t="s">
+        <v>203</v>
+      </c>
+      <c r="B186" s="14" t="s">
+        <v>240</v>
+      </c>
+      <c r="C186" s="14" t="s">
+        <v>243</v>
+      </c>
+      <c r="D186" s="16">
+        <v>44525</v>
+      </c>
+      <c r="E186" s="12">
+        <v>296640</v>
+      </c>
+    </row>
+    <row r="187" spans="1:5" s="15" customFormat="1" ht="36" customHeight="1">
+      <c r="A187" s="13" t="s">
+        <v>204</v>
+      </c>
+      <c r="B187" s="14" t="s">
+        <v>247</v>
+      </c>
+      <c r="C187" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="D187" s="16">
+        <v>44531</v>
+      </c>
+      <c r="E187" s="12">
+        <v>421000</v>
+      </c>
+    </row>
+    <row r="188" spans="1:5" s="1" customFormat="1" ht="57.6" customHeight="1">
+      <c r="A188" s="13" t="s">
+        <v>205</v>
+      </c>
+      <c r="B188" s="9" t="s">
+        <v>248</v>
+      </c>
+      <c r="C188" s="14" t="s">
+        <v>130</v>
+      </c>
+      <c r="D188" s="16">
+        <v>44531</v>
+      </c>
+      <c r="E188" s="12">
+        <v>460000</v>
+      </c>
+    </row>
+    <row r="189" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A189" s="13" t="s">
         <v>206</v>
       </c>
-      <c r="B162" s="12">
+      <c r="B189" s="9" t="s">
+        <v>249</v>
+      </c>
+      <c r="C189" s="9" t="s">
+        <v>140</v>
+      </c>
+      <c r="D189" s="16">
+        <v>44531</v>
+      </c>
+      <c r="E189" s="12">
         <v>858000</v>
       </c>
-      <c r="C162" s="9" t="s">
-[...2 lines deleted...]
-      <c r="D162" s="16">
+    </row>
+    <row r="190" spans="1:5" s="1" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A190" s="13" t="s">
+        <v>207</v>
+      </c>
+      <c r="B190" s="9" t="s">
+        <v>253</v>
+      </c>
+      <c r="C190" s="14" t="s">
+        <v>250</v>
+      </c>
+      <c r="D190" s="16">
         <v>44531</v>
       </c>
-      <c r="E162" s="9" t="s">
-[...7 lines deleted...]
-      <c r="B163" s="12">
+      <c r="E190" s="12">
         <v>750000</v>
       </c>
-      <c r="C163" s="9" t="s">
-[...10 lines deleted...]
-      <c r="A164" s="13" t="s">
+    </row>
+    <row r="191" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A191" s="13" t="s">
         <v>208</v>
       </c>
-      <c r="B164" s="12">
+      <c r="B191" s="9" t="s">
+        <v>252</v>
+      </c>
+      <c r="C191" s="14" t="s">
+        <v>145</v>
+      </c>
+      <c r="D191" s="16">
+        <v>44538</v>
+      </c>
+      <c r="E191" s="12">
         <v>630000</v>
-      </c>
-[...466 lines deleted...]
-        <v>135</v>
       </c>
     </row>
     <row r="192" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A192" s="7" t="s">
-        <v>136</v>
-[...2 lines deleted...]
-        <v>950000</v>
+        <v>183</v>
+      </c>
+      <c r="B192" s="8" t="s">
+        <v>184</v>
       </c>
       <c r="C192" s="9" t="s">
-        <v>235</v>
+        <v>163</v>
       </c>
       <c r="D192" s="28">
-        <v>44180</v>
-[...5 lines deleted...]
-    <row r="193" spans="1:5" s="39" customFormat="1" ht="57" customHeight="1">
+        <v>44413</v>
+      </c>
+      <c r="E192" s="12">
+        <v>2199800</v>
+      </c>
+    </row>
+    <row r="193" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A193" s="7" t="s">
-        <v>138</v>
-[...2 lines deleted...]
-        <v>858000</v>
+        <v>179</v>
+      </c>
+      <c r="B193" s="9" t="s">
+        <v>182</v>
       </c>
       <c r="C193" s="9" t="s">
-        <v>139</v>
+        <v>106</v>
       </c>
       <c r="D193" s="28">
-        <v>44180</v>
-[...2 lines deleted...]
-        <v>140</v>
+        <v>44356</v>
+      </c>
+      <c r="E193" s="8">
+        <v>714000</v>
       </c>
     </row>
     <row r="194" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A194" s="7" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>324972</v>
+        <v>178</v>
+      </c>
+      <c r="B194" s="9" t="s">
+        <v>180</v>
       </c>
       <c r="C194" s="9" t="s">
-        <v>142</v>
+        <v>181</v>
       </c>
       <c r="D194" s="28">
-        <v>44147</v>
-[...5 lines deleted...]
-    <row r="195" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+        <v>44370</v>
+      </c>
+      <c r="E194" s="8">
+        <v>23700000</v>
+      </c>
+    </row>
+    <row r="195" spans="1:5" s="39" customFormat="1" ht="54.6" customHeight="1">
       <c r="A195" s="7" t="s">
-        <v>144</v>
-[...2 lines deleted...]
-        <v>630000</v>
+        <v>152</v>
+      </c>
+      <c r="B195" s="9" t="s">
+        <v>153</v>
       </c>
       <c r="C195" s="9" t="s">
-        <v>251</v>
+        <v>106</v>
       </c>
       <c r="D195" s="28">
-        <v>44176</v>
-[...5 lines deleted...]
-    <row r="196" spans="1:5" s="39" customFormat="1" ht="54.6" customHeight="1">
+        <v>44286</v>
+      </c>
+      <c r="E195" s="8">
+        <v>165000</v>
+      </c>
+    </row>
+    <row r="196" spans="1:5" s="39" customFormat="1" ht="52.8" customHeight="1">
       <c r="A196" s="7" t="s">
-        <v>146</v>
-[...2 lines deleted...]
-        <v>165000</v>
+        <v>154</v>
+      </c>
+      <c r="B196" s="9" t="s">
+        <v>88</v>
       </c>
       <c r="C196" s="9" t="s">
-        <v>147</v>
+        <v>155</v>
       </c>
       <c r="D196" s="28">
-        <v>44193</v>
-[...5 lines deleted...]
-    <row r="197" spans="1:5" s="39" customFormat="1" ht="52.8" customHeight="1">
+        <v>44295</v>
+      </c>
+      <c r="E196" s="8">
+        <v>358000</v>
+      </c>
+    </row>
+    <row r="197" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A197" s="7" t="s">
-        <v>149</v>
-[...2 lines deleted...]
-        <v>4675000</v>
+        <v>156</v>
+      </c>
+      <c r="B197" s="9" t="s">
+        <v>89</v>
       </c>
       <c r="C197" s="9" t="s">
-        <v>150</v>
+        <v>90</v>
       </c>
       <c r="D197" s="28">
-        <v>44187</v>
-[...2 lines deleted...]
-        <v>151</v>
+        <v>44295</v>
+      </c>
+      <c r="E197" s="8">
+        <v>268000</v>
       </c>
     </row>
     <row r="198" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
       <c r="A198" s="7" t="s">
+        <v>259</v>
+      </c>
+      <c r="B198" s="8" t="s">
+        <v>262</v>
+      </c>
+      <c r="C198" s="9" t="s">
+        <v>261</v>
+      </c>
+      <c r="D198" s="28">
+        <v>44315</v>
+      </c>
+      <c r="E198" s="12">
+        <v>621000</v>
+      </c>
+    </row>
+    <row r="199" spans="1:5" s="39" customFormat="1" ht="63.6" customHeight="1">
+      <c r="A199" s="7" t="s">
+        <v>157</v>
+      </c>
+      <c r="B199" s="9" t="s">
+        <v>91</v>
+      </c>
+      <c r="C199" s="9" t="s">
+        <v>158</v>
+      </c>
+      <c r="D199" s="28">
+        <v>44279</v>
+      </c>
+      <c r="E199" s="8">
+        <v>1110000</v>
+      </c>
+    </row>
+    <row r="200" spans="1:5" s="39" customFormat="1" ht="61.8" customHeight="1">
+      <c r="A200" s="7" t="s">
+        <v>92</v>
+      </c>
+      <c r="B200" s="9" t="s">
+        <v>93</v>
+      </c>
+      <c r="C200" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="D200" s="28">
+        <v>44250</v>
+      </c>
+      <c r="E200" s="8">
+        <v>980000</v>
+      </c>
+    </row>
+    <row r="201" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A201" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="B201" s="9" t="s">
+        <v>159</v>
+      </c>
+      <c r="C201" s="9" t="s">
+        <v>260</v>
+      </c>
+      <c r="D201" s="28">
+        <v>44230</v>
+      </c>
+      <c r="E201" s="8">
+        <v>250000</v>
+      </c>
+    </row>
+    <row r="202" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A202" s="7" t="s">
+        <v>96</v>
+      </c>
+      <c r="B202" s="9" t="s">
+        <v>245</v>
+      </c>
+      <c r="C202" s="9" t="s">
+        <v>97</v>
+      </c>
+      <c r="D202" s="28">
+        <v>44194</v>
+      </c>
+      <c r="E202" s="8">
+        <v>378021</v>
+      </c>
+    </row>
+    <row r="203" spans="1:5" s="39" customFormat="1" ht="54.6" customHeight="1">
+      <c r="A203" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="B203" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="C203" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="D203" s="28">
+        <v>44195</v>
+      </c>
+      <c r="E203" s="8">
+        <v>990000</v>
+      </c>
+    </row>
+    <row r="204" spans="1:5" s="39" customFormat="1" ht="52.8" customHeight="1">
+      <c r="A204" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="B204" s="9" t="s">
+        <v>215</v>
+      </c>
+      <c r="C204" s="9" t="s">
+        <v>216</v>
+      </c>
+      <c r="D204" s="28">
+        <v>44196</v>
+      </c>
+      <c r="E204" s="8">
+        <v>138000</v>
+      </c>
+    </row>
+    <row r="205" spans="1:5" s="39" customFormat="1" ht="56.4" customHeight="1">
+      <c r="A205" s="7" t="s">
+        <v>103</v>
+      </c>
+      <c r="B205" s="9" t="s">
+        <v>212</v>
+      </c>
+      <c r="C205" s="9" t="s">
+        <v>104</v>
+      </c>
+      <c r="D205" s="28">
+        <v>44187</v>
+      </c>
+      <c r="E205" s="8">
+        <v>320000</v>
+      </c>
+    </row>
+    <row r="206" spans="1:5" s="39" customFormat="1" ht="51.6" customHeight="1">
+      <c r="A206" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="B206" s="9" t="s">
+        <v>233</v>
+      </c>
+      <c r="C206" s="9" t="s">
+        <v>106</v>
+      </c>
+      <c r="D206" s="28">
+        <v>44189</v>
+      </c>
+      <c r="E206" s="8">
+        <v>3276000</v>
+      </c>
+    </row>
+    <row r="207" spans="1:5" s="39" customFormat="1" ht="51.6" customHeight="1">
+      <c r="A207" s="7" t="s">
+        <v>107</v>
+      </c>
+      <c r="B207" s="9" t="s">
+        <v>209</v>
+      </c>
+      <c r="C207" s="9" t="s">
+        <v>210</v>
+      </c>
+      <c r="D207" s="28">
+        <v>44174</v>
+      </c>
+      <c r="E207" s="8">
+        <v>3084000</v>
+      </c>
+    </row>
+    <row r="208" spans="1:5" s="39" customFormat="1" ht="54.6" customHeight="1">
+      <c r="A208" s="7" t="s">
+        <v>109</v>
+      </c>
+      <c r="B208" s="9" t="s">
+        <v>110</v>
+      </c>
+      <c r="C208" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="D208" s="28">
+        <v>44174</v>
+      </c>
+      <c r="E208" s="8">
+        <v>3105000</v>
+      </c>
+    </row>
+    <row r="209" spans="1:5" s="39" customFormat="1" ht="48.6" customHeight="1">
+      <c r="A209" s="7" t="s">
+        <v>111</v>
+      </c>
+      <c r="B209" s="9" t="s">
+        <v>112</v>
+      </c>
+      <c r="C209" s="9" t="s">
+        <v>113</v>
+      </c>
+      <c r="D209" s="28">
+        <v>44175</v>
+      </c>
+      <c r="E209" s="8">
+        <v>225000</v>
+      </c>
+    </row>
+    <row r="210" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A210" s="7" t="s">
+        <v>114</v>
+      </c>
+      <c r="B210" s="9" t="s">
+        <v>115</v>
+      </c>
+      <c r="C210" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="D210" s="28">
+        <v>44175</v>
+      </c>
+      <c r="E210" s="8">
+        <v>103000</v>
+      </c>
+    </row>
+    <row r="211" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A211" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="B211" s="9" t="s">
+        <v>217</v>
+      </c>
+      <c r="C211" s="9" t="s">
+        <v>220</v>
+      </c>
+      <c r="D211" s="28">
+        <v>44188</v>
+      </c>
+      <c r="E211" s="8">
+        <v>300000</v>
+      </c>
+    </row>
+    <row r="212" spans="1:5" s="39" customFormat="1" ht="51" customHeight="1">
+      <c r="A212" s="7" t="s">
+        <v>118</v>
+      </c>
+      <c r="B212" s="9" t="s">
+        <v>231</v>
+      </c>
+      <c r="C212" s="9" t="s">
+        <v>119</v>
+      </c>
+      <c r="D212" s="28">
+        <v>44168</v>
+      </c>
+      <c r="E212" s="8">
+        <v>178000</v>
+      </c>
+    </row>
+    <row r="213" spans="1:5" s="39" customFormat="1" ht="55.2" customHeight="1">
+      <c r="A213" s="7" t="s">
+        <v>120</v>
+      </c>
+      <c r="B213" s="9" t="s">
+        <v>121</v>
+      </c>
+      <c r="C213" s="9" t="s">
+        <v>222</v>
+      </c>
+      <c r="D213" s="28">
+        <v>44168</v>
+      </c>
+      <c r="E213" s="8">
+        <v>1854500</v>
+      </c>
+    </row>
+    <row r="214" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A214" s="7" t="s">
+        <v>123</v>
+      </c>
+      <c r="B214" s="9" t="s">
+        <v>124</v>
+      </c>
+      <c r="C214" s="9" t="s">
+        <v>125</v>
+      </c>
+      <c r="D214" s="28">
+        <v>44168</v>
+      </c>
+      <c r="E214" s="8">
+        <v>3311532</v>
+      </c>
+    </row>
+    <row r="215" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A215" s="7" t="s">
+        <v>126</v>
+      </c>
+      <c r="B215" s="9" t="s">
+        <v>229</v>
+      </c>
+      <c r="C215" s="9" t="s">
+        <v>127</v>
+      </c>
+      <c r="D215" s="28">
+        <v>44166</v>
+      </c>
+      <c r="E215" s="8">
+        <v>3839585</v>
+      </c>
+    </row>
+    <row r="216" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A216" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="B216" s="9" t="s">
+        <v>129</v>
+      </c>
+      <c r="C216" s="9" t="s">
+        <v>130</v>
+      </c>
+      <c r="D216" s="28">
+        <v>44181</v>
+      </c>
+      <c r="E216" s="8">
+        <v>485000</v>
+      </c>
+    </row>
+    <row r="217" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A217" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="B217" s="9" t="s">
+        <v>132</v>
+      </c>
+      <c r="C217" s="9" t="s">
+        <v>130</v>
+      </c>
+      <c r="D217" s="28">
+        <v>44181</v>
+      </c>
+      <c r="E217" s="8">
+        <v>420000</v>
+      </c>
+    </row>
+    <row r="218" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A218" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="B218" s="9" t="s">
+        <v>134</v>
+      </c>
+      <c r="C218" s="9" t="s">
+        <v>135</v>
+      </c>
+      <c r="D218" s="28">
+        <v>44180</v>
+      </c>
+      <c r="E218" s="8">
+        <v>750000</v>
+      </c>
+    </row>
+    <row r="219" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A219" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="B219" s="9" t="s">
+        <v>235</v>
+      </c>
+      <c r="C219" s="9" t="s">
+        <v>137</v>
+      </c>
+      <c r="D219" s="28">
+        <v>44180</v>
+      </c>
+      <c r="E219" s="8">
+        <v>950000</v>
+      </c>
+    </row>
+    <row r="220" spans="1:5" s="39" customFormat="1" ht="57" customHeight="1">
+      <c r="A220" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="B220" s="9" t="s">
+        <v>139</v>
+      </c>
+      <c r="C220" s="9" t="s">
+        <v>140</v>
+      </c>
+      <c r="D220" s="28">
+        <v>44180</v>
+      </c>
+      <c r="E220" s="8">
+        <v>858000</v>
+      </c>
+    </row>
+    <row r="221" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A221" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="B221" s="9" t="s">
+        <v>142</v>
+      </c>
+      <c r="C221" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="D221" s="28">
+        <v>44147</v>
+      </c>
+      <c r="E221" s="8">
+        <v>324972</v>
+      </c>
+    </row>
+    <row r="222" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A222" s="7" t="s">
+        <v>144</v>
+      </c>
+      <c r="B222" s="9" t="s">
+        <v>251</v>
+      </c>
+      <c r="C222" s="9" t="s">
+        <v>145</v>
+      </c>
+      <c r="D222" s="28">
+        <v>44176</v>
+      </c>
+      <c r="E222" s="8">
+        <v>630000</v>
+      </c>
+    </row>
+    <row r="223" spans="1:5" s="39" customFormat="1" ht="54.6" customHeight="1">
+      <c r="A223" s="7" t="s">
+        <v>146</v>
+      </c>
+      <c r="B223" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="C223" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="D223" s="28">
+        <v>44193</v>
+      </c>
+      <c r="E223" s="8">
+        <v>165000</v>
+      </c>
+    </row>
+    <row r="224" spans="1:5" s="39" customFormat="1" ht="52.8" customHeight="1">
+      <c r="A224" s="7" t="s">
+        <v>149</v>
+      </c>
+      <c r="B224" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="C224" s="9" t="s">
+        <v>151</v>
+      </c>
+      <c r="D224" s="28">
+        <v>44187</v>
+      </c>
+      <c r="E224" s="8">
+        <v>4675000</v>
+      </c>
+    </row>
+    <row r="225" spans="1:5" s="39" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A225" s="7" t="s">
         <v>79</v>
       </c>
-      <c r="B198" s="8">
+      <c r="B225" s="8" t="s">
+        <v>80</v>
+      </c>
+      <c r="C225" s="9" t="s">
+        <v>160</v>
+      </c>
+      <c r="D225" s="28">
+        <v>44119</v>
+      </c>
+      <c r="E225" s="8">
         <v>157330</v>
       </c>
-      <c r="C198" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A199" s="7" t="s">
+    </row>
+    <row r="226" spans="1:5" s="10" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A226" s="7" t="s">
         <v>81</v>
       </c>
-      <c r="B199" s="8">
+      <c r="B226" s="8" t="s">
+        <v>82</v>
+      </c>
+      <c r="C226" s="9" t="s">
+        <v>161</v>
+      </c>
+      <c r="D226" s="28">
+        <v>44092</v>
+      </c>
+      <c r="E226" s="8">
         <v>156820</v>
       </c>
-      <c r="C199" s="8" t="s">
-[...10 lines deleted...]
-      <c r="A200" s="7" t="s">
+    </row>
+    <row r="227" spans="1:5" s="10" customFormat="1" ht="55.8" customHeight="1">
+      <c r="A227" s="7" t="s">
         <v>83</v>
       </c>
-      <c r="B200" s="8">
+      <c r="B227" s="8" t="s">
+        <v>84</v>
+      </c>
+      <c r="C227" s="9" t="s">
+        <v>584</v>
+      </c>
+      <c r="D227" s="28">
+        <v>44048</v>
+      </c>
+      <c r="E227" s="8">
         <v>187800</v>
       </c>
-      <c r="C200" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E200" s="9" t="s">
+    </row>
+    <row r="228" spans="1:5" s="10" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A228" s="7" t="s">
+        <v>61</v>
+      </c>
+      <c r="B228" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="C228" s="9" t="s">
+        <v>163</v>
+      </c>
+      <c r="D228" s="28">
+        <v>43959</v>
+      </c>
+      <c r="E228" s="8">
+        <v>2235000</v>
+      </c>
+    </row>
+    <row r="229" spans="1:5" s="10" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A229" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="B229" s="8" t="s">
+        <v>87</v>
+      </c>
+      <c r="C229" s="9" t="s">
+        <v>162</v>
+      </c>
+      <c r="D229" s="28">
+        <v>43944</v>
+      </c>
+      <c r="E229" s="8">
+        <v>447800</v>
+      </c>
+    </row>
+    <row r="230" spans="1:5" s="11" customFormat="1" ht="54.6" customHeight="1">
+      <c r="A230" s="7" t="s">
+        <v>65</v>
+      </c>
+      <c r="B230" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="C230" s="9" t="s">
+        <v>122</v>
+      </c>
+      <c r="D230" s="28">
+        <v>43938</v>
+      </c>
+      <c r="E230" s="8">
+        <v>3046000</v>
+      </c>
+    </row>
+    <row r="231" spans="1:5" s="10" customFormat="1" ht="59.4" customHeight="1">
+      <c r="A231" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="B231" s="8" t="s">
+        <v>585</v>
+      </c>
+      <c r="C231" s="9" t="s">
+        <v>151</v>
+      </c>
+      <c r="D231" s="28">
+        <v>44025</v>
+      </c>
+      <c r="E231" s="8">
+        <v>900000</v>
+      </c>
+    </row>
+    <row r="232" spans="1:5" s="11" customFormat="1" ht="58.2" customHeight="1">
+      <c r="A232" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="B232" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="C232" s="9" t="s">
         <v>586</v>
       </c>
-    </row>
-[...13 lines deleted...]
-      <c r="E201" s="9" t="s">
+      <c r="D232" s="28">
+        <v>43909</v>
+      </c>
+      <c r="E232" s="8">
+        <v>357200</v>
+      </c>
+    </row>
+    <row r="233" spans="1:5" s="11" customFormat="1" ht="52.8" customHeight="1">
+      <c r="A233" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="B233" s="8" t="s">
+        <v>72</v>
+      </c>
+      <c r="C233" s="9" t="s">
+        <v>165</v>
+      </c>
+      <c r="D233" s="28">
+        <v>43921</v>
+      </c>
+      <c r="E233" s="8">
+        <v>978517</v>
+      </c>
+    </row>
+    <row r="234" spans="1:5" ht="40.200000000000003" customHeight="1">
+      <c r="A234" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="B234" s="8" t="s">
+        <v>74</v>
+      </c>
+      <c r="C234" s="9" t="s">
+        <v>166</v>
+      </c>
+      <c r="D234" s="28">
+        <v>43894</v>
+      </c>
+      <c r="E234" s="8">
+        <v>492100</v>
+      </c>
+    </row>
+    <row r="235" spans="1:5" s="11" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A235" s="7" t="s">
+        <v>67</v>
+      </c>
+      <c r="B235" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="C235" s="9" t="s">
+        <v>164</v>
+      </c>
+      <c r="D235" s="28">
+        <v>43921</v>
+      </c>
+      <c r="E235" s="8">
+        <v>621000</v>
+      </c>
+    </row>
+    <row r="236" spans="1:5" s="11" customFormat="1" ht="40.200000000000003" customHeight="1">
+      <c r="A236" s="7" t="s">
+        <v>63</v>
+      </c>
+      <c r="B236" s="8" t="s">
+        <v>64</v>
+      </c>
+      <c r="C236" s="9" t="s">
+        <v>158</v>
+      </c>
+      <c r="D236" s="28">
+        <v>43927</v>
+      </c>
+      <c r="E236" s="8">
+        <v>968000</v>
+      </c>
+    </row>
+    <row r="237" spans="1:5" ht="51" customHeight="1">
+      <c r="A237" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="B237" s="8" t="s">
+        <v>78</v>
+      </c>
+      <c r="C237" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="D237" s="28">
+        <v>43878</v>
+      </c>
+      <c r="E237" s="8">
+        <v>948000</v>
+      </c>
+    </row>
+    <row r="238" spans="1:5" ht="55.2" customHeight="1">
+      <c r="A238" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="B238" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="C238" s="9" t="s">
+        <v>167</v>
+      </c>
+      <c r="D238" s="28">
+        <v>43852</v>
+      </c>
+      <c r="E238" s="8">
+        <v>950000</v>
+      </c>
+    </row>
+    <row r="239" spans="1:5" ht="34.950000000000003" customHeight="1">
+      <c r="A239" s="7" t="s">
+        <v>27</v>
+      </c>
+      <c r="B239" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="C239" s="9" t="s">
+        <v>174</v>
+      </c>
+      <c r="D239" s="28">
+        <v>43830</v>
+      </c>
+      <c r="E239" s="8">
+        <v>451000</v>
+      </c>
+    </row>
+    <row r="240" spans="1:5" ht="40.200000000000003" customHeight="1">
+      <c r="A240" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="B240" s="8" t="s">
+        <v>15</v>
+      </c>
+      <c r="C240" s="9" t="s">
+        <v>170</v>
+      </c>
+      <c r="D240" s="28">
+        <v>43830</v>
+      </c>
+      <c r="E240" s="8">
+        <v>37000000</v>
+      </c>
+    </row>
+    <row r="241" spans="1:5" s="4" customFormat="1" ht="34.950000000000003" customHeight="1">
+      <c r="A241" s="7" t="s">
+        <v>31</v>
+      </c>
+      <c r="B241" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="C241" s="9" t="s">
+        <v>587</v>
+      </c>
+      <c r="D241" s="28">
+        <v>43822</v>
+      </c>
+      <c r="E241" s="8">
+        <v>114700</v>
+      </c>
+    </row>
+    <row r="242" spans="1:5" ht="40.200000000000003" customHeight="1">
+      <c r="A242" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="B242" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="C242" s="9" t="s">
+        <v>171</v>
+      </c>
+      <c r="D242" s="28">
+        <v>43839</v>
+      </c>
+      <c r="E242" s="8">
+        <v>176000</v>
+      </c>
+    </row>
+    <row r="243" spans="1:5" ht="34.950000000000003" customHeight="1">
+      <c r="A243" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="B243" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="C243" s="9" t="s">
+        <v>173</v>
+      </c>
+      <c r="D243" s="28">
+        <v>43826</v>
+      </c>
+      <c r="E243" s="8">
+        <v>301500</v>
+      </c>
+    </row>
+    <row r="244" spans="1:5" s="4" customFormat="1" ht="34.950000000000003" customHeight="1">
+      <c r="A244" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="B244" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="C244" s="9" t="s">
+        <v>588</v>
+      </c>
+      <c r="D244" s="28">
+        <v>43826</v>
+      </c>
+      <c r="E244" s="8">
+        <v>126000</v>
+      </c>
+    </row>
+    <row r="245" spans="1:5" ht="40.200000000000003" customHeight="1">
+      <c r="A245" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="B245" s="8" t="s">
+        <v>9</v>
+      </c>
+      <c r="C245" s="9" t="s">
+        <v>168</v>
+      </c>
+      <c r="D245" s="28">
+        <v>43840</v>
+      </c>
+      <c r="E245" s="8">
+        <v>1949000</v>
+      </c>
+    </row>
+    <row r="246" spans="1:5" ht="40.200000000000003" customHeight="1">
+      <c r="A246" s="7" t="s">
+        <v>5</v>
+      </c>
+      <c r="B246" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C246" s="9" t="s">
+        <v>108</v>
+      </c>
+      <c r="D246" s="28" t="s">
+        <v>7</v>
+      </c>
+      <c r="E246" s="8">
+        <v>3280000</v>
+      </c>
+    </row>
+    <row r="247" spans="1:5" ht="34.950000000000003" customHeight="1">
+      <c r="A247" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="B247" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C247" s="9" t="s">
+        <v>589</v>
+      </c>
+      <c r="D247" s="28">
+        <v>43823</v>
+      </c>
+      <c r="E247" s="8">
+        <v>465000</v>
+      </c>
+    </row>
+    <row r="248" spans="1:5" s="4" customFormat="1" ht="34.950000000000003" customHeight="1">
+      <c r="A248" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="B248" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="C248" s="9" t="s">
+        <v>590</v>
+      </c>
+      <c r="D248" s="28" t="s">
+        <v>22</v>
+      </c>
+      <c r="E248" s="8">
+        <v>240000</v>
+      </c>
+    </row>
+    <row r="249" spans="1:5" ht="34.950000000000003" customHeight="1">
+      <c r="A249" s="7" t="s">
+        <v>29</v>
+      </c>
+      <c r="B249" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="C249" s="9" t="s">
+        <v>591</v>
+      </c>
+      <c r="D249" s="28">
+        <v>43825</v>
+      </c>
+      <c r="E249" s="8">
+        <v>890000</v>
+      </c>
+    </row>
+    <row r="250" spans="1:5" ht="40.200000000000003" customHeight="1">
+      <c r="A250" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="B250" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="C250" s="9" t="s">
+        <v>169</v>
+      </c>
+      <c r="D250" s="28">
+        <v>43838</v>
+      </c>
+      <c r="E250" s="8">
+        <v>198000</v>
+      </c>
+    </row>
+    <row r="251" spans="1:5" s="4" customFormat="1" ht="34.950000000000003" customHeight="1">
+      <c r="A251" s="7" t="s">
+        <v>37</v>
+      </c>
+      <c r="B251" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="C251" s="9" t="s">
+        <v>175</v>
+      </c>
+      <c r="D251" s="28">
+        <v>43819</v>
+      </c>
+      <c r="E251" s="8">
+        <v>926600</v>
+      </c>
+    </row>
+    <row r="252" spans="1:5" ht="34.950000000000003" customHeight="1">
+      <c r="A252" s="7" t="s">
+        <v>23</v>
+      </c>
+      <c r="B252" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="C252" s="9" t="s">
+        <v>592</v>
+      </c>
+      <c r="D252" s="28">
+        <v>43823</v>
+      </c>
+      <c r="E252" s="8">
+        <v>560000</v>
+      </c>
+    </row>
+    <row r="253" spans="1:5" ht="40.200000000000003" customHeight="1">
+      <c r="A253" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="B253" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="C253" s="9" t="s">
+        <v>168</v>
+      </c>
+      <c r="D253" s="28">
+        <v>43840</v>
+      </c>
+      <c r="E253" s="8">
+        <v>3300000</v>
+      </c>
+    </row>
+    <row r="254" spans="1:5" ht="40.200000000000003" customHeight="1">
+      <c r="A254" s="7" t="s">
+        <v>18</v>
+      </c>
+      <c r="B254" s="8" t="s">
+        <v>19</v>
+      </c>
+      <c r="C254" s="9" t="s">
+        <v>172</v>
+      </c>
+      <c r="D254" s="28">
+        <v>43825</v>
+      </c>
+      <c r="E254" s="8">
+        <v>3433000</v>
+      </c>
+    </row>
+    <row r="255" spans="1:5" ht="34.950000000000003" customHeight="1">
+      <c r="A255" s="7" t="s">
+        <v>41</v>
+      </c>
+      <c r="B255" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="C255" s="9" t="s">
+        <v>593</v>
+      </c>
+      <c r="D255" s="28">
+        <v>43803</v>
+      </c>
+      <c r="E255" s="8">
+        <v>3350189</v>
+      </c>
+    </row>
+    <row r="256" spans="1:5" ht="34.950000000000003" customHeight="1">
+      <c r="A256" s="7" t="s">
+        <v>47</v>
+      </c>
+      <c r="B256" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="C256" s="9" t="s">
+        <v>594</v>
+      </c>
+      <c r="D256" s="28">
+        <v>43803</v>
+      </c>
+      <c r="E256" s="8">
+        <v>366336</v>
+      </c>
+    </row>
+    <row r="257" spans="1:5" ht="34.950000000000003" customHeight="1">
+      <c r="A257" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="B257" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="C257" s="9" t="s">
+        <v>595</v>
+      </c>
+      <c r="D257" s="28">
+        <v>43803</v>
+      </c>
+      <c r="E257" s="8">
+        <v>3817019</v>
+      </c>
+    </row>
+    <row r="258" spans="1:5" ht="34.950000000000003" customHeight="1">
+      <c r="A258" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="B258" s="8" t="s">
+        <v>40</v>
+      </c>
+      <c r="C258" s="9" t="s">
+        <v>145</v>
+      </c>
+      <c r="D258" s="28">
+        <v>43825</v>
+      </c>
+      <c r="E258" s="8">
+        <v>630000</v>
+      </c>
+    </row>
+    <row r="259" spans="1:5" ht="34.950000000000003" customHeight="1">
+      <c r="A259" s="7" t="s">
+        <v>45</v>
+      </c>
+      <c r="B259" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="C259" s="9" t="s">
+        <v>172</v>
+      </c>
+      <c r="D259" s="28">
+        <v>43798</v>
+      </c>
+      <c r="E259" s="8">
+        <v>760000</v>
+      </c>
+    </row>
+    <row r="260" spans="1:5" ht="34.950000000000003" customHeight="1">
+      <c r="A260" s="7" t="s">
+        <v>49</v>
+      </c>
+      <c r="B260" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="C260" s="9" t="s">
+        <v>172</v>
+      </c>
+      <c r="D260" s="28">
+        <v>43784</v>
+      </c>
+      <c r="E260" s="8">
+        <v>329175</v>
+      </c>
+    </row>
+    <row r="261" spans="1:5" ht="34.950000000000003" customHeight="1">
+      <c r="A261" s="7" t="s">
+        <v>51</v>
+      </c>
+      <c r="B261" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="C261" s="9" t="s">
+        <v>596</v>
+      </c>
+      <c r="D261" s="28">
+        <v>43739</v>
+      </c>
+      <c r="E261" s="8">
+        <v>204537</v>
+      </c>
+    </row>
+    <row r="262" spans="1:5" ht="32.4">
+      <c r="A262" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="B262" s="8" t="s">
+        <v>54</v>
+      </c>
+      <c r="C262" s="9" t="s">
+        <v>176</v>
+      </c>
+      <c r="D262" s="28">
+        <v>43665</v>
+      </c>
+      <c r="E262" s="8">
+        <v>780000</v>
+      </c>
+    </row>
+    <row r="263" spans="1:5" ht="32.4">
+      <c r="A263" s="7" t="s">
+        <v>55</v>
+      </c>
+      <c r="B263" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="C263" s="9" t="s">
         <v>163</v>
       </c>
-    </row>
-[...582 lines deleted...]
-      <c r="B236" s="8">
+      <c r="D263" s="28">
+        <v>43609</v>
+      </c>
+      <c r="E263" s="8">
         <v>2940000</v>
       </c>
-      <c r="C236" s="8" t="s">
-[...5 lines deleted...]
-      <c r="E236" s="9" t="s">
+    </row>
+    <row r="264" spans="1:5" ht="32.4">
+      <c r="A264" s="7" t="s">
+        <v>59</v>
+      </c>
+      <c r="B264" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="C264" s="9" t="s">
         <v>163</v>
       </c>
-    </row>
-[...4 lines deleted...]
-      <c r="B237" s="8">
+      <c r="D264" s="28">
+        <v>43595</v>
+      </c>
+      <c r="E264" s="8">
         <v>2520000</v>
       </c>
-      <c r="C237" s="8" t="s">
-[...2 lines deleted...]
-      <c r="D237" s="28">
+    </row>
+    <row r="265" spans="1:5">
+      <c r="A265" s="7" t="s">
+        <v>57</v>
+      </c>
+      <c r="B265" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="C265" s="9" t="s">
+        <v>177</v>
+      </c>
+      <c r="D265" s="28">
         <v>43595</v>
       </c>
-      <c r="E237" s="9" t="s">
-[...7 lines deleted...]
-      <c r="B238" s="8">
+      <c r="E265" s="8">
         <v>12983000</v>
-      </c>
-[...7 lines deleted...]
-        <v>177</v>
       </c>
     </row>
   </sheetData>
   <phoneticPr fontId="11" type="noConversion"/>
   <pageMargins left="0.51180555555555596" right="0.51180555555555596" top="0.74791666666666701" bottom="0.74791666666666701" header="0.31388888888888899" footer="0.31388888888888899"/>
   <pageSetup paperSize="9" scale="62" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>工作表</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>